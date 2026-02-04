--- v0 (2025-10-24)
+++ v1 (2026-02-04)
@@ -7,59 +7,59 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr filterPrivacy="1" codeName="ЭтаКнига" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="135" windowWidth="15120" windowHeight="7755"/>
   </bookViews>
   <sheets>
     <sheet name="Протокол" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Протокол!$A$5:$H$155</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Протокол!$A$1:$J$159</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Протокол!$A$5:$K$155</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Протокол!$A$1:$K$159</definedName>
   </definedNames>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="660" uniqueCount="216">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="913" uniqueCount="217">
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Кожанова Анна</t>
   </si>
   <si>
     <t>Малоярославец</t>
   </si>
   <si>
     <t>Кутявин Иван</t>
   </si>
   <si>
     <t>Калуга</t>
   </si>
   <si>
     <t>Поляков Мирослав</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Мудрецкий Николай</t>
   </si>
   <si>
@@ -251,62 +251,50 @@
   <si>
     <t>Космынин Сергей</t>
   </si>
   <si>
     <t>Голубятников Сергей</t>
   </si>
   <si>
     <t>Легкова Татьяна</t>
   </si>
   <si>
     <t>Попченко Татьяна</t>
   </si>
   <si>
     <t>Мартыненко Татьяна</t>
   </si>
   <si>
     <t>Полищук Юлия</t>
   </si>
   <si>
     <t>Худякова Юлия</t>
   </si>
   <si>
     <t>Скоробогатов Яков</t>
   </si>
   <si>
-    <t>М30</t>
-[...10 lines deleted...]
-  <si>
     <t>Группа</t>
   </si>
   <si>
     <t>ФИО</t>
   </si>
   <si>
     <t>ГР</t>
   </si>
   <si>
     <t>Номер</t>
   </si>
   <si>
     <t>Время</t>
   </si>
   <si>
     <t>Заврина Светлана</t>
   </si>
   <si>
     <t>Совхоз Раменское</t>
   </si>
   <si>
     <t>Луценко Антон</t>
   </si>
   <si>
     <t>Курск</t>
@@ -374,56 +362,50 @@
   <si>
     <t>Баткаева Алима</t>
   </si>
   <si>
     <t>Толстопятов Вадим</t>
   </si>
   <si>
     <t>Лиясова Наталия</t>
   </si>
   <si>
     <t>Юдинка</t>
   </si>
   <si>
     <t>Дударева Дарья</t>
   </si>
   <si>
     <t>Малинкин Сергей</t>
   </si>
   <si>
     <t>Якубов Илья</t>
   </si>
   <si>
     <t>Бобылев Георгий</t>
   </si>
   <si>
-    <t>г. Малоярославец</t>
-[...4 lines deleted...]
-  <si>
     <t>Трейл "Кутузов. Дорогами 1812 года".</t>
   </si>
   <si>
     <t>Рахманов Никита</t>
   </si>
   <si>
     <t>Трантин Алексей</t>
   </si>
   <si>
     <t>Савельев Григорий</t>
   </si>
   <si>
     <t>Рахманов Евгений</t>
   </si>
   <si>
     <t>Торжок</t>
   </si>
   <si>
     <t>Геряндин Иван</t>
   </si>
   <si>
     <t>Страмнов Сергей</t>
   </si>
   <si>
     <t>Красногорск</t>
@@ -560,53 +542,50 @@
   <si>
     <t>Ткачев Алексей</t>
   </si>
   <si>
     <t>Лехман Анастасия</t>
   </si>
   <si>
     <t>Морозова Ирина</t>
   </si>
   <si>
     <t>Кузнецов Олег</t>
   </si>
   <si>
     <t>Купрюхин Павел</t>
   </si>
   <si>
     <t>Забудько Алексей</t>
   </si>
   <si>
     <t>Боровск</t>
   </si>
   <si>
     <t>Васильева Мария</t>
   </si>
   <si>
-    <t>Долгий Майкл</t>
-[...1 lines deleted...]
-  <si>
     <t>Ахмеров Шамиль</t>
   </si>
   <si>
     <t>Коновалов Дмитрий</t>
   </si>
   <si>
     <t>Гриберман Юлия</t>
   </si>
   <si>
     <t>Протокол соревнований</t>
   </si>
   <si>
     <t>Кустаров Павел</t>
   </si>
   <si>
     <t>Самедов Александр</t>
   </si>
   <si>
     <t>Червяков Петр</t>
   </si>
   <si>
     <t>Бизенков Александр</t>
   </si>
   <si>
     <t>Кардаш Юлия</t>
@@ -632,81 +611,105 @@
   <si>
     <t>Савенко Юрий</t>
   </si>
   <si>
     <t>Савенко Николай</t>
   </si>
   <si>
     <t>Марченко Марина</t>
   </si>
   <si>
     <t>DNS</t>
   </si>
   <si>
     <t>DNF</t>
   </si>
   <si>
     <t>Киров</t>
   </si>
   <si>
     <t>Боссерт Игорь</t>
   </si>
   <si>
     <t>Жуков</t>
   </si>
   <si>
-    <t xml:space="preserve">1 </t>
-[...7 lines deleted...]
-  <si>
     <t/>
   </si>
   <si>
-    <t xml:space="preserve">8 </t>
-[...13 lines deleted...]
-  <si>
     <t>Абс</t>
   </si>
   <si>
-    <t>М/Ж</t>
+    <t>Пол</t>
+  </si>
+  <si>
+    <t>Статус</t>
+  </si>
+  <si>
+    <t>Q</t>
+  </si>
+  <si>
+    <t>м</t>
+  </si>
+  <si>
+    <t>ж</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 км </t>
+  </si>
+  <si>
+    <t xml:space="preserve">8 км </t>
+  </si>
+  <si>
+    <t>24 км</t>
+  </si>
+  <si>
+    <t>18-29</t>
+  </si>
+  <si>
+    <t>30-39</t>
+  </si>
+  <si>
+    <t>40-49</t>
+  </si>
+  <si>
+    <t>50-59</t>
+  </si>
+  <si>
+    <t>03-06</t>
+  </si>
+  <si>
+    <t>07-10</t>
+  </si>
+  <si>
+    <t>15-17</t>
+  </si>
+  <si>
+    <t>10-14</t>
+  </si>
+  <si>
+    <t>Долгий Михаил</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="h:mm:ss;@"/>
   </numFmts>
   <fonts count="6">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
@@ -724,154 +727,172 @@
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="22">
+  <cellXfs count="26">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="22" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="22" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="22" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="22" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="22" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -1136,4687 +1157,5130 @@
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr codeName="Лист1"/>
-  <dimension ref="A1:J161"/>
+  <dimension ref="A1:K161"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
+      <selection pane="bottomLeft" activeCell="B156" sqref="B156"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="19.5" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="10.28515625" style="4" customWidth="1"/>
     <col min="2" max="2" width="25.140625" style="6" customWidth="1"/>
     <col min="3" max="3" width="8.42578125" style="4" customWidth="1"/>
     <col min="4" max="4" width="20.7109375" style="4" customWidth="1"/>
-    <col min="5" max="5" width="8.85546875" style="4" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="11" max="16384" width="9.140625" style="6"/>
+    <col min="5" max="6" width="8.85546875" style="4" customWidth="1"/>
+    <col min="7" max="7" width="8.85546875" style="20" customWidth="1"/>
+    <col min="8" max="8" width="8.85546875" style="4" customWidth="1"/>
+    <col min="9" max="9" width="13" style="7" customWidth="1"/>
+    <col min="10" max="11" width="9" style="6" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="19.5" customHeight="1">
+    <row r="1" spans="1:11" ht="19.5" customHeight="1">
       <c r="D1" s="11" t="s">
-        <v>185</v>
-[...8 lines deleted...]
-      <c r="A2" s="18">
+        <v>178</v>
+      </c>
+      <c r="I1" s="12"/>
+      <c r="J1" s="17"/>
+    </row>
+    <row r="2" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A2" s="24">
         <v>42301</v>
       </c>
-      <c r="B2" s="18"/>
+      <c r="B2" s="24"/>
       <c r="D2" s="11"/>
-      <c r="F2" s="5"/>
-[...3 lines deleted...]
-      </c>
+      <c r="G2" s="21"/>
+      <c r="H2" s="5"/>
       <c r="I2" s="5"/>
       <c r="J2" s="5"/>
-    </row>
-    <row r="3" spans="1:10" ht="19.5" customHeight="1">
+      <c r="K2" s="5"/>
+    </row>
+    <row r="3" spans="1:11" ht="19.5" customHeight="1">
       <c r="A3" s="3" t="s">
-        <v>121</v>
-[...5 lines deleted...]
-      </c>
+        <v>115</v>
+      </c>
+      <c r="G3" s="21"/>
+      <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
-    </row>
-    <row r="5" spans="1:10" s="15" customFormat="1" ht="19.5" customHeight="1">
+      <c r="K3" s="3"/>
+    </row>
+    <row r="5" spans="1:11" s="15" customFormat="1" ht="19.5" customHeight="1">
       <c r="A5" s="13" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="B5" s="13" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="C5" s="13" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D5" s="13" t="s">
         <v>0</v>
       </c>
       <c r="E5" s="16" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="F5" s="17" t="s">
+        <v>137</v>
+      </c>
+      <c r="F5" s="19" t="s">
+        <v>200</v>
+      </c>
+      <c r="G5" s="22" t="s">
+        <v>78</v>
+      </c>
+      <c r="H5" s="19" t="s">
+        <v>201</v>
+      </c>
+      <c r="I5" s="14" t="s">
         <v>82</v>
       </c>
-      <c r="G5" s="14" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J5" s="13" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" ht="19.5" customHeight="1">
+        <v>199</v>
+      </c>
+      <c r="K5" s="13" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="19.5" customHeight="1">
       <c r="A6" s="8">
         <v>137</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="C6" s="8">
         <v>1999</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E6" s="8" t="s">
         <v>205</v>
       </c>
       <c r="F6" s="8" t="s">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="G6" s="9">
+        <v>203</v>
+      </c>
+      <c r="G6" s="23" t="s">
+        <v>214</v>
+      </c>
+      <c r="H6" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I6" s="9">
         <v>4.2592592592592595E-3</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
       <c r="J6" s="8">
         <v>1</v>
       </c>
-    </row>
-    <row r="7" spans="1:10" ht="19.5" customHeight="1">
+      <c r="K6" s="8">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="19.5" customHeight="1">
       <c r="A7" s="8">
         <v>117</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="C7" s="8">
         <v>2008</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E7" s="8" t="s">
         <v>205</v>
       </c>
       <c r="F7" s="8" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="G7" s="9">
+        <v>204</v>
+      </c>
+      <c r="G7" s="23" t="s">
+        <v>213</v>
+      </c>
+      <c r="H7" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I7" s="9">
         <v>4.8495370370370368E-3</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
       <c r="J7" s="8">
         <v>1</v>
       </c>
-    </row>
-    <row r="8" spans="1:10" ht="19.5" customHeight="1">
+      <c r="K7" s="8">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="19.5" customHeight="1">
       <c r="A8" s="8">
         <v>3</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="8">
         <v>2003</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E8" s="8" t="s">
         <v>205</v>
       </c>
       <c r="F8" s="8" t="s">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="G8" s="9">
+        <v>203</v>
+      </c>
+      <c r="G8" s="23" t="s">
+        <v>215</v>
+      </c>
+      <c r="H8" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I8" s="9">
         <v>5.115740740740741E-3</v>
-      </c>
-[...4 lines deleted...]
-        <v>2</v>
       </c>
       <c r="J8" s="8">
         <v>2</v>
       </c>
-    </row>
-    <row r="9" spans="1:10" ht="19.5" customHeight="1">
+      <c r="K8" s="8">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="19.5" customHeight="1">
       <c r="A9" s="8">
         <v>150</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="C9" s="8">
         <v>2001</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="E9" s="8" t="s">
         <v>205</v>
       </c>
       <c r="F9" s="8" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="G9" s="9">
+        <v>204</v>
+      </c>
+      <c r="G9" s="23" t="s">
+        <v>215</v>
+      </c>
+      <c r="H9" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I9" s="9">
         <v>5.3819444444444453E-3</v>
-      </c>
-[...4 lines deleted...]
-        <v>2</v>
       </c>
       <c r="J9" s="8">
         <v>2</v>
       </c>
-    </row>
-    <row r="10" spans="1:10" ht="19.5" customHeight="1">
+      <c r="K9" s="8">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="19.5" customHeight="1">
       <c r="A10" s="8">
         <v>4</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="8">
         <v>2009</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E10" s="8" t="s">
         <v>205</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="G10" s="9">
+        <v>203</v>
+      </c>
+      <c r="G10" s="23" t="s">
+        <v>212</v>
+      </c>
+      <c r="H10" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I10" s="9">
         <v>6.238425925925925E-3</v>
-      </c>
-[...4 lines deleted...]
-        <v>3</v>
       </c>
       <c r="J10" s="8">
         <v>3</v>
       </c>
-    </row>
-    <row r="11" spans="1:10" ht="19.5" customHeight="1">
+      <c r="K10" s="8">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="19.5" customHeight="1">
       <c r="A11" s="8">
         <v>116</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="C11" s="8">
         <v>2001</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E11" s="8" t="s">
         <v>205</v>
       </c>
       <c r="F11" s="8" t="s">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="G11" s="9">
+        <v>203</v>
+      </c>
+      <c r="G11" s="23" t="s">
+        <v>215</v>
+      </c>
+      <c r="H11" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I11" s="9">
         <v>6.6782407407407415E-3</v>
-      </c>
-[...4 lines deleted...]
-        <v>4</v>
       </c>
       <c r="J11" s="8">
         <v>4</v>
       </c>
-    </row>
-    <row r="12" spans="1:10" ht="19.5" customHeight="1">
+      <c r="K11" s="8">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" ht="19.5" customHeight="1">
       <c r="A12" s="8">
         <v>1</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="C12" s="8">
         <v>2010</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E12" s="8" t="s">
         <v>205</v>
       </c>
       <c r="F12" s="8" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="G12" s="9">
+        <v>204</v>
+      </c>
+      <c r="G12" s="23" t="s">
+        <v>212</v>
+      </c>
+      <c r="H12" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I12" s="9">
         <v>8.1597222222222227E-3</v>
-      </c>
-[...4 lines deleted...]
-        <v>3</v>
       </c>
       <c r="J12" s="8">
         <v>3</v>
       </c>
-    </row>
-    <row r="13" spans="1:10" ht="19.5" customHeight="1">
+      <c r="K12" s="8">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" ht="19.5" customHeight="1">
       <c r="A13" s="8">
         <v>53</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>59</v>
       </c>
       <c r="C13" s="8">
         <v>1990</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="E13" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F13" s="8" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="G13" s="9">
+        <v>203</v>
+      </c>
+      <c r="G13" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H13" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I13" s="9">
         <v>2.5983796296296213E-2</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
       <c r="J13" s="8">
         <v>1</v>
       </c>
-    </row>
-    <row r="14" spans="1:10" ht="19.5" customHeight="1">
+      <c r="K13" s="8">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="19.5" customHeight="1">
       <c r="A14" s="8">
         <v>47</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C14" s="8">
         <v>1979</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E14" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F14" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G14" s="23" t="s">
         <v>209</v>
       </c>
-      <c r="F14" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G14" s="9">
+      <c r="H14" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I14" s="9">
         <v>2.9374999999999929E-2</v>
       </c>
-      <c r="H14" s="8">
+      <c r="J14" s="8">
         <v>2</v>
       </c>
-      <c r="I14" s="8">
-[...2 lines deleted...]
-      <c r="J14" s="8">
+      <c r="K14" s="8">
         <v>1</v>
       </c>
     </row>
-    <row r="15" spans="1:10" ht="19.5" customHeight="1">
+    <row r="15" spans="1:11" ht="19.5" customHeight="1">
       <c r="A15" s="8">
         <v>145</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="C15" s="8">
         <v>1984</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E15" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F15" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G15" s="23" t="s">
         <v>209</v>
       </c>
-      <c r="F15" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G15" s="9">
+      <c r="H15" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I15" s="9">
         <v>2.9421296296296195E-2</v>
       </c>
-      <c r="H15" s="8">
+      <c r="J15" s="8">
         <v>3</v>
       </c>
-      <c r="I15" s="8">
-[...2 lines deleted...]
-      <c r="J15" s="8">
+      <c r="K15" s="8">
         <v>2</v>
       </c>
     </row>
-    <row r="16" spans="1:10" ht="19.5" customHeight="1">
+    <row r="16" spans="1:11" ht="19.5" customHeight="1">
       <c r="A16" s="8">
         <v>127</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="C16" s="8">
         <v>1981</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E16" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F16" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G16" s="23" t="s">
         <v>209</v>
       </c>
-      <c r="F16" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G16" s="9">
+      <c r="H16" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I16" s="9">
         <v>2.951388888888884E-2</v>
       </c>
-      <c r="H16" s="8">
+      <c r="J16" s="8">
         <v>4</v>
       </c>
-      <c r="I16" s="8">
-[...2 lines deleted...]
-      <c r="J16" s="8">
+      <c r="K16" s="8">
         <v>3</v>
       </c>
     </row>
-    <row r="17" spans="1:10" ht="19.5" customHeight="1">
+    <row r="17" spans="1:11" ht="19.5" customHeight="1">
       <c r="A17" s="8">
         <v>120</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="C17" s="8">
         <v>1984</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E17" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F17" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G17" s="23" t="s">
         <v>209</v>
       </c>
-      <c r="F17" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G17" s="9">
+      <c r="H17" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I17" s="9">
         <v>3.0069444444444371E-2</v>
       </c>
-      <c r="H17" s="8">
+      <c r="J17" s="8">
         <v>5</v>
       </c>
-      <c r="I17" s="8">
-[...2 lines deleted...]
-      <c r="J17" s="8">
+      <c r="K17" s="8">
         <v>4</v>
       </c>
     </row>
-    <row r="18" spans="1:10" ht="19.5" customHeight="1">
+    <row r="18" spans="1:11" ht="19.5" customHeight="1">
       <c r="A18" s="8">
         <v>130</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="C18" s="8">
         <v>1988</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E18" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F18" s="8" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="G18" s="9">
+        <v>203</v>
+      </c>
+      <c r="G18" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H18" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I18" s="9">
         <v>3.0428240740740686E-2</v>
       </c>
-      <c r="H18" s="8">
-[...4 lines deleted...]
-      </c>
       <c r="J18" s="8">
+        <v>6</v>
+      </c>
+      <c r="K18" s="8">
         <v>2</v>
       </c>
     </row>
-    <row r="19" spans="1:10" ht="19.5" customHeight="1">
+    <row r="19" spans="1:11" ht="19.5" customHeight="1">
       <c r="A19" s="8">
         <v>98</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="C19" s="8">
         <v>1973</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F19" s="8" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="G19" s="9">
+        <v>203</v>
+      </c>
+      <c r="G19" s="23" t="s">
+        <v>210</v>
+      </c>
+      <c r="H19" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I19" s="9">
         <v>3.1469907407407349E-2</v>
       </c>
-      <c r="H19" s="8">
+      <c r="J19" s="8">
         <v>7</v>
       </c>
-      <c r="I19" s="8">
-[...2 lines deleted...]
-      <c r="J19" s="8">
+      <c r="K19" s="8">
         <v>1</v>
       </c>
     </row>
-    <row r="20" spans="1:10" ht="19.5" customHeight="1">
+    <row r="20" spans="1:11" ht="19.5" customHeight="1">
       <c r="A20" s="8">
         <v>43</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="C20" s="8">
         <v>1987</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E20" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F20" s="8" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="G20" s="9">
+        <v>203</v>
+      </c>
+      <c r="G20" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H20" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I20" s="9">
         <v>3.1967592592592575E-2</v>
       </c>
-      <c r="H20" s="8">
+      <c r="J20" s="8">
         <v>8</v>
       </c>
-      <c r="I20" s="8">
-[...2 lines deleted...]
-      <c r="J20" s="8">
+      <c r="K20" s="8">
         <v>3</v>
       </c>
     </row>
-    <row r="21" spans="1:10" ht="19.5" customHeight="1">
+    <row r="21" spans="1:11" ht="19.5" customHeight="1">
       <c r="A21" s="8">
         <v>147</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="C21" s="8">
         <v>1946</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="E21" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F21" s="8" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="G21" s="9">
+        <v>203</v>
+      </c>
+      <c r="G21" s="23" t="s">
+        <v>211</v>
+      </c>
+      <c r="H21" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I21" s="9">
         <v>3.1990740740740653E-2</v>
       </c>
-      <c r="H21" s="8">
+      <c r="J21" s="8">
         <v>9</v>
       </c>
-      <c r="I21" s="8">
-[...2 lines deleted...]
-      <c r="J21" s="8">
+      <c r="K21" s="8">
         <v>1</v>
       </c>
     </row>
-    <row r="22" spans="1:10" ht="19.5" customHeight="1">
+    <row r="22" spans="1:11" ht="19.5" customHeight="1">
       <c r="A22" s="8">
         <v>149</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="C22" s="8">
         <v>2000</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="E22" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F22" s="8" t="s">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="G22" s="9">
+        <v>203</v>
+      </c>
+      <c r="G22" s="23" t="s">
+        <v>214</v>
+      </c>
+      <c r="H22" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I22" s="9">
         <v>3.5104166666666659E-2</v>
       </c>
-      <c r="H22" s="8">
+      <c r="J22" s="8">
         <v>10</v>
       </c>
-      <c r="I22" s="8">
-[...4 lines deleted...]
-    <row r="23" spans="1:10" ht="19.5" customHeight="1">
+      <c r="K22" s="8"/>
+    </row>
+    <row r="23" spans="1:11" ht="19.5" customHeight="1">
       <c r="A23" s="8">
         <v>55</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C23" s="8">
         <v>1984</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E23" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F23" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G23" s="23" t="s">
         <v>209</v>
       </c>
-      <c r="F23" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G23" s="9">
+      <c r="H23" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I23" s="9">
         <v>3.520833333333323E-2</v>
       </c>
-      <c r="H23" s="8">
+      <c r="J23" s="8">
         <v>11</v>
       </c>
-      <c r="I23" s="8">
-[...2 lines deleted...]
-      <c r="J23" s="8">
+      <c r="K23" s="8">
         <v>5</v>
       </c>
     </row>
-    <row r="24" spans="1:10" ht="19.5" customHeight="1">
+    <row r="24" spans="1:11" ht="19.5" customHeight="1">
       <c r="A24" s="8">
         <v>103</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="C24" s="8">
         <v>1953</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="E24" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F24" s="8" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="G24" s="9">
+        <v>203</v>
+      </c>
+      <c r="G24" s="23" t="s">
+        <v>211</v>
+      </c>
+      <c r="H24" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I24" s="9">
         <v>3.5266203703703647E-2</v>
       </c>
-      <c r="H24" s="8">
+      <c r="J24" s="8">
         <v>12</v>
       </c>
-      <c r="I24" s="8">
-[...2 lines deleted...]
-      <c r="J24" s="8">
+      <c r="K24" s="8">
         <v>2</v>
       </c>
     </row>
-    <row r="25" spans="1:10" ht="19.5" customHeight="1">
+    <row r="25" spans="1:11" ht="19.5" customHeight="1">
       <c r="A25" s="8">
         <v>139</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
       <c r="C25" s="8">
         <v>1962</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>204</v>
+        <v>197</v>
       </c>
       <c r="E25" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F25" s="8" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="G25" s="9">
+        <v>203</v>
+      </c>
+      <c r="G25" s="23" t="s">
+        <v>211</v>
+      </c>
+      <c r="H25" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I25" s="9">
         <v>3.5682870370370379E-2</v>
       </c>
-      <c r="H25" s="8">
+      <c r="J25" s="8">
         <v>13</v>
       </c>
-      <c r="I25" s="8">
-[...2 lines deleted...]
-      <c r="J25" s="8">
+      <c r="K25" s="8">
         <v>3</v>
       </c>
     </row>
-    <row r="26" spans="1:10" ht="19.5" customHeight="1">
+    <row r="26" spans="1:11" ht="19.5" customHeight="1">
       <c r="A26" s="8">
         <v>136</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="C26" s="8">
         <v>1978</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E26" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F26" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G26" s="23" t="s">
         <v>209</v>
       </c>
-      <c r="F26" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G26" s="9">
+      <c r="H26" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I26" s="9">
         <v>3.59374999999999E-2</v>
       </c>
-      <c r="H26" s="8">
+      <c r="J26" s="8">
         <v>14</v>
       </c>
-      <c r="I26" s="8">
-[...6 lines deleted...]
-    <row r="27" spans="1:10" ht="19.5" customHeight="1">
+      <c r="K26" s="8">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" ht="19.5" customHeight="1">
       <c r="A27" s="8">
         <v>8</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C27" s="8">
         <v>1984</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E27" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F27" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="G27" s="23" t="s">
         <v>209</v>
       </c>
-      <c r="F27" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G27" s="9">
+      <c r="H27" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I27" s="9">
         <v>3.5995370370370317E-2</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
       <c r="J27" s="8">
         <v>1</v>
       </c>
-    </row>
-    <row r="28" spans="1:10" ht="19.5" customHeight="1">
+      <c r="K27" s="8">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" ht="19.5" customHeight="1">
       <c r="A28" s="8">
         <v>148</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="C28" s="8">
         <v>1969</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="E28" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F28" s="8" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="G28" s="9">
+        <v>203</v>
+      </c>
+      <c r="G28" s="23" t="s">
+        <v>210</v>
+      </c>
+      <c r="H28" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I28" s="9">
         <v>3.6076388888888811E-2</v>
       </c>
-      <c r="H28" s="8">
+      <c r="J28" s="8">
         <v>16</v>
       </c>
-      <c r="I28" s="8">
-[...2 lines deleted...]
-      <c r="J28" s="8">
+      <c r="K28" s="8">
         <v>2</v>
       </c>
     </row>
-    <row r="29" spans="1:10" ht="19.5" customHeight="1">
+    <row r="29" spans="1:11" ht="19.5" customHeight="1">
       <c r="A29" s="8">
         <v>138</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>203</v>
+        <v>196</v>
       </c>
       <c r="C29" s="8">
         <v>1939</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>204</v>
+        <v>197</v>
       </c>
       <c r="E29" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F29" s="8" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="G29" s="9">
+        <v>203</v>
+      </c>
+      <c r="G29" s="23" t="s">
+        <v>211</v>
+      </c>
+      <c r="H29" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I29" s="9">
         <v>3.7141203703703718E-2</v>
       </c>
-      <c r="H29" s="8">
+      <c r="J29" s="8">
         <v>17</v>
       </c>
-      <c r="I29" s="8">
-[...2 lines deleted...]
-      <c r="J29" s="8">
+      <c r="K29" s="8">
         <v>4</v>
       </c>
     </row>
-    <row r="30" spans="1:10" ht="19.5" customHeight="1">
+    <row r="30" spans="1:11" ht="19.5" customHeight="1">
       <c r="A30" s="8">
         <v>19</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="C30" s="8">
         <v>1990</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E30" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F30" s="8" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="G30" s="9">
+        <v>204</v>
+      </c>
+      <c r="G30" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H30" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I30" s="9">
         <v>3.869212962962959E-2</v>
       </c>
-      <c r="H30" s="8">
-[...2 lines deleted...]
-      <c r="I30" s="8">
+      <c r="J30" s="8">
         <v>2</v>
       </c>
-      <c r="J30" s="8">
+      <c r="K30" s="8">
         <v>1</v>
       </c>
     </row>
-    <row r="31" spans="1:10" ht="19.5" customHeight="1">
+    <row r="31" spans="1:11" ht="19.5" customHeight="1">
       <c r="A31" s="8">
         <v>56</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="C31" s="8">
         <v>1989</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E31" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F31" s="8" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="G31" s="9">
+        <v>203</v>
+      </c>
+      <c r="G31" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H31" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I31" s="9">
         <v>3.8900462962962956E-2</v>
       </c>
-      <c r="H31" s="8">
+      <c r="J31" s="8">
         <v>19</v>
       </c>
-      <c r="I31" s="8">
-[...2 lines deleted...]
-      <c r="J31" s="8">
+      <c r="K31" s="8">
         <v>4</v>
       </c>
     </row>
-    <row r="32" spans="1:10" ht="19.5" customHeight="1">
+    <row r="32" spans="1:11" ht="19.5" customHeight="1">
       <c r="A32" s="8">
         <v>48</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="C32" s="8">
         <v>1986</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="E32" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F32" s="8" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="G32" s="9">
+        <v>203</v>
+      </c>
+      <c r="G32" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H32" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I32" s="9">
         <v>3.9016203703703678E-2</v>
       </c>
-      <c r="H32" s="8">
+      <c r="J32" s="8">
         <v>20</v>
       </c>
-      <c r="I32" s="8">
-[...2 lines deleted...]
-      <c r="J32" s="8">
+      <c r="K32" s="8">
         <v>5</v>
       </c>
     </row>
-    <row r="33" spans="1:10" ht="19.5" customHeight="1">
+    <row r="33" spans="1:11" ht="19.5" customHeight="1">
       <c r="A33" s="8">
         <v>23</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>61</v>
       </c>
       <c r="C33" s="8">
         <v>1979</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E33" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F33" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="G33" s="23" t="s">
         <v>209</v>
       </c>
-      <c r="F33" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G33" s="9">
+      <c r="H33" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I33" s="9">
         <v>3.9398148148148071E-2</v>
       </c>
-      <c r="H33" s="8">
-[...2 lines deleted...]
-      <c r="I33" s="8">
+      <c r="J33" s="8">
         <v>3</v>
       </c>
-      <c r="J33" s="8">
+      <c r="K33" s="8">
         <v>2</v>
       </c>
     </row>
-    <row r="34" spans="1:10" ht="19.5" customHeight="1">
+    <row r="34" spans="1:11" ht="19.5" customHeight="1">
       <c r="A34" s="8">
         <v>54</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>62</v>
       </c>
       <c r="C34" s="8">
         <v>1978</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E34" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F34" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G34" s="23" t="s">
         <v>209</v>
       </c>
-      <c r="F34" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G34" s="9">
+      <c r="H34" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I34" s="9">
         <v>3.9641203703703665E-2</v>
       </c>
-      <c r="H34" s="8">
+      <c r="J34" s="8">
         <v>22</v>
       </c>
-      <c r="I34" s="8">
-[...2 lines deleted...]
-      <c r="J34" s="8">
+      <c r="K34" s="8">
         <v>7</v>
       </c>
     </row>
-    <row r="35" spans="1:10" ht="19.5" customHeight="1">
+    <row r="35" spans="1:11" ht="19.5" customHeight="1">
       <c r="A35" s="8">
         <v>113</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="C35" s="8">
         <v>1977</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E35" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F35" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G35" s="23" t="s">
         <v>209</v>
       </c>
-      <c r="F35" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G35" s="9">
+      <c r="H35" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I35" s="9">
         <v>4.0416666666666712E-2</v>
       </c>
-      <c r="H35" s="8">
+      <c r="J35" s="8">
         <v>23</v>
       </c>
-      <c r="I35" s="8">
-[...2 lines deleted...]
-      <c r="J35" s="8">
+      <c r="K35" s="8">
         <v>8</v>
       </c>
     </row>
-    <row r="36" spans="1:10" ht="19.5" customHeight="1">
+    <row r="36" spans="1:11" ht="19.5" customHeight="1">
       <c r="A36" s="8">
         <v>45</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C36" s="8">
         <v>1983</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E36" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F36" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G36" s="23" t="s">
         <v>209</v>
       </c>
-      <c r="F36" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G36" s="9">
+      <c r="H36" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I36" s="9">
         <v>4.0995370370370321E-2</v>
       </c>
-      <c r="H36" s="8">
+      <c r="J36" s="8">
         <v>24</v>
       </c>
-      <c r="I36" s="8">
-[...2 lines deleted...]
-      <c r="J36" s="8">
+      <c r="K36" s="8">
         <v>9</v>
       </c>
     </row>
-    <row r="37" spans="1:10" ht="19.5" customHeight="1">
+    <row r="37" spans="1:11" ht="19.5" customHeight="1">
       <c r="A37" s="8">
         <v>11</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="C37" s="8">
         <v>1985</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E37" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F37" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="G37" s="23" t="s">
         <v>209</v>
       </c>
-      <c r="F37" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G37" s="9">
+      <c r="H37" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I37" s="9">
         <v>4.1041666666666587E-2</v>
       </c>
-      <c r="H37" s="8">
-[...2 lines deleted...]
-      <c r="I37" s="8">
+      <c r="J37" s="8">
         <v>4</v>
       </c>
-      <c r="J37" s="8">
+      <c r="K37" s="8">
         <v>3</v>
       </c>
     </row>
-    <row r="38" spans="1:10" ht="19.5" customHeight="1">
+    <row r="38" spans="1:11" ht="19.5" customHeight="1">
       <c r="A38" s="8">
         <v>17</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C38" s="8">
         <v>1985</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E38" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F38" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="G38" s="23" t="s">
         <v>209</v>
       </c>
-      <c r="F38" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G38" s="9">
+      <c r="H38" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I38" s="9">
         <v>4.1527777777777775E-2</v>
       </c>
-      <c r="H38" s="8">
-[...2 lines deleted...]
-      <c r="I38" s="8">
+      <c r="J38" s="8">
         <v>5</v>
       </c>
-      <c r="J38" s="8">
+      <c r="K38" s="8">
         <v>4</v>
       </c>
     </row>
-    <row r="39" spans="1:10" ht="19.5" customHeight="1">
+    <row r="39" spans="1:11" ht="19.5" customHeight="1">
       <c r="A39" s="8">
         <v>31</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C39" s="8">
         <v>1983</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E39" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F39" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="G39" s="23" t="s">
         <v>209</v>
       </c>
-      <c r="F39" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G39" s="9">
+      <c r="H39" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I39" s="9">
         <v>4.1574074074074041E-2</v>
       </c>
-      <c r="H39" s="8">
-[...4 lines deleted...]
-      </c>
       <c r="J39" s="8">
+        <v>6</v>
+      </c>
+      <c r="K39" s="8">
         <v>5</v>
       </c>
     </row>
-    <row r="40" spans="1:10" ht="19.5" customHeight="1">
+    <row r="40" spans="1:11" ht="19.5" customHeight="1">
       <c r="A40" s="8">
         <v>14</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="C40" s="8">
         <v>1968</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="E40" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F40" s="8" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="G40" s="9">
+        <v>204</v>
+      </c>
+      <c r="G40" s="23" t="s">
+        <v>210</v>
+      </c>
+      <c r="H40" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I40" s="9">
         <v>4.187499999999994E-2</v>
       </c>
-      <c r="H40" s="8">
-[...2 lines deleted...]
-      <c r="I40" s="8">
+      <c r="J40" s="8">
         <v>7</v>
       </c>
-      <c r="J40" s="8">
+      <c r="K40" s="8">
         <v>1</v>
       </c>
     </row>
-    <row r="41" spans="1:10" ht="19.5" customHeight="1">
+    <row r="41" spans="1:11" ht="19.5" customHeight="1">
       <c r="A41" s="8">
         <v>41</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="C41" s="8">
         <v>1967</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="E41" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F41" s="8" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="G41" s="9">
+        <v>203</v>
+      </c>
+      <c r="G41" s="23" t="s">
+        <v>210</v>
+      </c>
+      <c r="H41" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I41" s="9">
         <v>4.2187499999999989E-2</v>
       </c>
-      <c r="H41" s="8">
+      <c r="J41" s="8">
         <v>29</v>
       </c>
-      <c r="I41" s="8">
-[...2 lines deleted...]
-      <c r="J41" s="8">
+      <c r="K41" s="8">
         <v>3</v>
       </c>
     </row>
-    <row r="42" spans="1:10" ht="19.5" customHeight="1">
+    <row r="42" spans="1:11" ht="19.5" customHeight="1">
       <c r="A42" s="8">
         <v>12</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>53</v>
       </c>
       <c r="C42" s="8">
         <v>1984</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>36</v>
       </c>
       <c r="E42" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F42" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="G42" s="23" t="s">
         <v>209</v>
       </c>
-      <c r="F42" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G42" s="9">
+      <c r="H42" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I42" s="9">
         <v>4.2233796296296255E-2</v>
       </c>
-      <c r="H42" s="8">
-[...2 lines deleted...]
-      <c r="I42" s="8">
+      <c r="J42" s="8">
         <v>8</v>
       </c>
-      <c r="J42" s="8">
-[...3 lines deleted...]
-    <row r="43" spans="1:10" ht="19.5" customHeight="1">
+      <c r="K42" s="8">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="43" spans="1:11" ht="19.5" customHeight="1">
       <c r="A43" s="8">
         <v>102</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="C43" s="8">
         <v>1986</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E43" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F43" s="8" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="G43" s="9">
+        <v>203</v>
+      </c>
+      <c r="G43" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H43" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I43" s="9">
         <v>4.2280092592592522E-2</v>
       </c>
-      <c r="H43" s="8">
+      <c r="J43" s="8">
         <v>31</v>
       </c>
-      <c r="I43" s="8">
-[...6 lines deleted...]
-    <row r="44" spans="1:10" ht="19.5" customHeight="1">
+      <c r="K43" s="8">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="44" spans="1:11" ht="19.5" customHeight="1">
       <c r="A44" s="8">
         <v>9</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="C44" s="8">
         <v>1991</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E44" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F44" s="8" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="G44" s="9">
+        <v>204</v>
+      </c>
+      <c r="G44" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H44" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I44" s="9">
         <v>4.2465277777777699E-2</v>
       </c>
-      <c r="H44" s="8">
-[...2 lines deleted...]
-      <c r="I44" s="8">
+      <c r="J44" s="8">
         <v>9</v>
       </c>
-      <c r="J44" s="8">
+      <c r="K44" s="8">
         <v>2</v>
       </c>
     </row>
-    <row r="45" spans="1:10" ht="19.5" customHeight="1">
+    <row r="45" spans="1:11" ht="19.5" customHeight="1">
       <c r="A45" s="8">
         <v>105</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="C45" s="8">
         <v>1969</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E45" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F45" s="8" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="G45" s="9">
+        <v>204</v>
+      </c>
+      <c r="G45" s="23" t="s">
+        <v>210</v>
+      </c>
+      <c r="H45" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I45" s="9">
         <v>4.2569444444444382E-2</v>
       </c>
-      <c r="H45" s="8">
-[...2 lines deleted...]
-      <c r="I45" s="8">
+      <c r="J45" s="8">
         <v>10</v>
       </c>
-      <c r="J45" s="8">
+      <c r="K45" s="8">
         <v>2</v>
       </c>
     </row>
-    <row r="46" spans="1:10" ht="19.5" customHeight="1">
+    <row r="46" spans="1:11" ht="19.5" customHeight="1">
       <c r="A46" s="8">
         <v>20</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C46" s="8">
         <v>1980</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E46" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F46" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="G46" s="23" t="s">
         <v>209</v>
       </c>
-      <c r="F46" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G46" s="9">
+      <c r="H46" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I46" s="9">
         <v>4.273148148148137E-2</v>
       </c>
-      <c r="H46" s="8">
-[...2 lines deleted...]
-      <c r="I46" s="8">
+      <c r="J46" s="8">
         <v>11</v>
       </c>
-      <c r="J46" s="8">
+      <c r="K46" s="8">
         <v>7</v>
       </c>
     </row>
-    <row r="47" spans="1:10" ht="19.5" customHeight="1">
+    <row r="47" spans="1:11" ht="19.5" customHeight="1">
       <c r="A47" s="8">
         <v>22</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>72</v>
       </c>
       <c r="C47" s="8">
         <v>1995</v>
       </c>
       <c r="D47" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E47" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F47" s="8" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="G47" s="9">
+        <v>204</v>
+      </c>
+      <c r="G47" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H47" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I47" s="9">
         <v>4.2754629629629559E-2</v>
       </c>
-      <c r="H47" s="8">
-[...2 lines deleted...]
-      <c r="I47" s="8">
+      <c r="J47" s="8">
         <v>12</v>
       </c>
-      <c r="J47" s="8">
+      <c r="K47" s="8">
         <v>3</v>
       </c>
     </row>
-    <row r="48" spans="1:10" ht="19.5" customHeight="1">
+    <row r="48" spans="1:11" ht="19.5" customHeight="1">
       <c r="A48" s="8">
         <v>39</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C48" s="8">
         <v>1980</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E48" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F48" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G48" s="23" t="s">
         <v>209</v>
       </c>
-      <c r="F48" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G48" s="9">
+      <c r="H48" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I48" s="9">
         <v>4.2789351851851787E-2</v>
       </c>
-      <c r="H48" s="8">
+      <c r="J48" s="8">
         <v>36</v>
       </c>
-      <c r="I48" s="8">
-[...2 lines deleted...]
-      <c r="J48" s="8">
+      <c r="K48" s="8">
         <v>10</v>
       </c>
     </row>
-    <row r="49" spans="1:10" ht="19.5" customHeight="1">
+    <row r="49" spans="1:11" ht="19.5" customHeight="1">
       <c r="A49" s="8">
         <v>15</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C49" s="8">
         <v>1987</v>
       </c>
       <c r="D49" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E49" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F49" s="8" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="G49" s="9">
+        <v>204</v>
+      </c>
+      <c r="G49" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H49" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I49" s="9">
         <v>4.4085648148148138E-2</v>
       </c>
-      <c r="H49" s="8">
-[...2 lines deleted...]
-      <c r="I49" s="8">
+      <c r="J49" s="8">
         <v>13</v>
       </c>
-      <c r="J49" s="8">
+      <c r="K49" s="8">
         <v>4</v>
       </c>
     </row>
-    <row r="50" spans="1:10" ht="19.5" customHeight="1">
+    <row r="50" spans="1:11" ht="19.5" customHeight="1">
       <c r="A50" s="8">
         <v>124</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="C50" s="8">
         <v>1991</v>
       </c>
       <c r="D50" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E50" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F50" s="8" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="G50" s="9">
+        <v>204</v>
+      </c>
+      <c r="G50" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H50" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I50" s="9">
         <v>4.4108796296296215E-2</v>
       </c>
-      <c r="H50" s="8">
-[...2 lines deleted...]
-      <c r="I50" s="8">
+      <c r="J50" s="8">
         <v>14</v>
       </c>
-      <c r="J50" s="8">
+      <c r="K50" s="8">
         <v>5</v>
       </c>
     </row>
-    <row r="51" spans="1:10" ht="19.5" customHeight="1">
+    <row r="51" spans="1:11" ht="19.5" customHeight="1">
       <c r="A51" s="8">
         <v>26</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>75</v>
       </c>
       <c r="C51" s="8">
         <v>1984</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E51" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F51" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="G51" s="23" t="s">
         <v>209</v>
       </c>
-      <c r="F51" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G51" s="9">
+      <c r="H51" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I51" s="9">
         <v>4.4131944444444404E-2</v>
       </c>
-      <c r="H51" s="8">
-[...2 lines deleted...]
-      <c r="I51" s="8">
+      <c r="J51" s="8">
         <v>15</v>
       </c>
-      <c r="J51" s="8">
+      <c r="K51" s="8">
         <v>8</v>
       </c>
     </row>
-    <row r="52" spans="1:10" ht="19.5" customHeight="1">
+    <row r="52" spans="1:11" ht="19.5" customHeight="1">
       <c r="A52" s="8">
         <v>30</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="C52" s="8">
         <v>1986</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>36</v>
       </c>
       <c r="E52" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F52" s="8" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="G52" s="9">
+        <v>204</v>
+      </c>
+      <c r="G52" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H52" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I52" s="9">
         <v>4.5138888888888784E-2</v>
       </c>
-      <c r="H52" s="8">
-[...2 lines deleted...]
-      <c r="I52" s="8">
+      <c r="J52" s="8">
         <v>16</v>
       </c>
-      <c r="J52" s="8">
-[...3 lines deleted...]
-    <row r="53" spans="1:10" ht="19.5" customHeight="1">
+      <c r="K52" s="8">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="53" spans="1:11" ht="19.5" customHeight="1">
       <c r="A53" s="8">
         <v>10</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C53" s="8">
         <v>1991</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>56</v>
       </c>
       <c r="E53" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F53" s="8" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="G53" s="9">
+        <v>204</v>
+      </c>
+      <c r="G53" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H53" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I53" s="9">
         <v>4.6967592592592478E-2</v>
       </c>
-      <c r="H53" s="8">
-[...2 lines deleted...]
-      <c r="I53" s="8">
+      <c r="J53" s="8">
         <v>17</v>
       </c>
-      <c r="J53" s="8">
+      <c r="K53" s="8">
         <v>7</v>
       </c>
     </row>
-    <row r="54" spans="1:10" ht="19.5" customHeight="1">
+    <row r="54" spans="1:11" ht="19.5" customHeight="1">
       <c r="A54" s="8">
         <v>104</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="C54" s="8">
         <v>1966</v>
       </c>
       <c r="D54" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E54" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F54" s="8" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="G54" s="9">
+        <v>204</v>
+      </c>
+      <c r="G54" s="23" t="s">
+        <v>210</v>
+      </c>
+      <c r="H54" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I54" s="9">
         <v>4.6990740740740666E-2</v>
       </c>
-      <c r="H54" s="8">
-[...2 lines deleted...]
-      <c r="I54" s="8">
+      <c r="J54" s="8">
         <v>18</v>
       </c>
-      <c r="J54" s="8">
+      <c r="K54" s="8">
         <v>3</v>
       </c>
     </row>
-    <row r="55" spans="1:10" ht="19.5" customHeight="1">
+    <row r="55" spans="1:11" ht="19.5" customHeight="1">
       <c r="A55" s="8">
         <v>32</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>76</v>
       </c>
       <c r="C55" s="8">
         <v>1992</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E55" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F55" s="8" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="G55" s="9">
+        <v>204</v>
+      </c>
+      <c r="G55" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H55" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I55" s="9">
         <v>4.9942129629629572E-2</v>
       </c>
-      <c r="H55" s="8">
-[...2 lines deleted...]
-      <c r="I55" s="8">
+      <c r="J55" s="8">
         <v>19</v>
       </c>
-      <c r="J55" s="8">
+      <c r="K55" s="8">
         <v>8</v>
       </c>
     </row>
-    <row r="56" spans="1:10" ht="19.5" customHeight="1">
+    <row r="56" spans="1:11" ht="19.5" customHeight="1">
       <c r="A56" s="8">
         <v>18</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C56" s="8">
         <v>1980</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E56" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F56" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="G56" s="23" t="s">
         <v>209</v>
       </c>
-      <c r="F56" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G56" s="9">
+      <c r="H56" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I56" s="9">
         <v>5.0115740740740711E-2</v>
       </c>
-      <c r="H56" s="8">
-[...2 lines deleted...]
-      <c r="I56" s="8">
+      <c r="J56" s="8">
         <v>20</v>
       </c>
-      <c r="J56" s="8">
+      <c r="K56" s="8">
         <v>9</v>
       </c>
     </row>
-    <row r="57" spans="1:10" ht="19.5" customHeight="1">
+    <row r="57" spans="1:11" ht="19.5" customHeight="1">
       <c r="A57" s="8">
         <v>106</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="C57" s="8">
         <v>1995</v>
       </c>
       <c r="D57" s="2" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="E57" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F57" s="8" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="G57" s="9">
+        <v>204</v>
+      </c>
+      <c r="G57" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H57" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I57" s="9">
         <v>5.243055555555548E-2</v>
       </c>
-      <c r="H57" s="8">
-[...2 lines deleted...]
-      <c r="I57" s="8">
+      <c r="J57" s="8">
         <v>21</v>
       </c>
-      <c r="J57" s="8">
+      <c r="K57" s="8">
         <v>9</v>
       </c>
     </row>
-    <row r="58" spans="1:10" ht="19.5" customHeight="1">
+    <row r="58" spans="1:11" ht="19.5" customHeight="1">
       <c r="A58" s="8">
         <v>40</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="C58" s="8">
         <v>1985</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="E58" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F58" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G58" s="23" t="s">
         <v>209</v>
       </c>
-      <c r="F58" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G58" s="9">
+      <c r="H58" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I58" s="9">
         <v>5.2465277777777708E-2</v>
       </c>
-      <c r="H58" s="8">
+      <c r="J58" s="8">
         <v>46</v>
       </c>
-      <c r="I58" s="8">
-[...2 lines deleted...]
-      <c r="J58" s="8">
+      <c r="K58" s="8">
         <v>11</v>
       </c>
     </row>
-    <row r="59" spans="1:10" ht="19.5" customHeight="1">
+    <row r="59" spans="1:11" ht="19.5" customHeight="1">
       <c r="A59" s="8">
         <v>16</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>184</v>
+        <v>177</v>
       </c>
       <c r="C59" s="8">
         <v>1974</v>
       </c>
       <c r="D59" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E59" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F59" s="8" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="G59" s="9">
+        <v>204</v>
+      </c>
+      <c r="G59" s="23" t="s">
+        <v>210</v>
+      </c>
+      <c r="H59" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I59" s="9">
         <v>5.2916666666666667E-2</v>
       </c>
-      <c r="H59" s="8">
-[...2 lines deleted...]
-      <c r="I59" s="8">
+      <c r="J59" s="8">
         <v>22</v>
       </c>
-      <c r="J59" s="8">
+      <c r="K59" s="8">
         <v>4</v>
       </c>
     </row>
-    <row r="60" spans="1:10" ht="19.5" customHeight="1">
+    <row r="60" spans="1:11" ht="19.5" customHeight="1">
       <c r="A60" s="8">
         <v>21</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>52</v>
       </c>
       <c r="C60" s="8">
         <v>1982</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E60" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F60" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="G60" s="23" t="s">
         <v>209</v>
       </c>
-      <c r="F60" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G60" s="9">
+      <c r="H60" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I60" s="9">
         <v>5.2951388888888784E-2</v>
       </c>
-      <c r="H60" s="8">
-[...2 lines deleted...]
-      <c r="I60" s="8">
+      <c r="J60" s="8">
         <v>23</v>
       </c>
-      <c r="J60" s="8">
+      <c r="K60" s="8">
         <v>10</v>
       </c>
     </row>
-    <row r="61" spans="1:10" ht="19.5" customHeight="1">
+    <row r="61" spans="1:11" ht="19.5" customHeight="1">
       <c r="A61" s="8">
         <v>28</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C61" s="8">
         <v>1983</v>
       </c>
       <c r="D61" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E61" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F61" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="G61" s="23" t="s">
         <v>209</v>
       </c>
-      <c r="F61" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G61" s="9">
+      <c r="H61" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I61" s="9">
         <v>5.562499999999998E-2</v>
       </c>
-      <c r="H61" s="8">
-[...2 lines deleted...]
-      <c r="I61" s="8">
+      <c r="J61" s="8">
         <v>24</v>
       </c>
-      <c r="J61" s="8">
+      <c r="K61" s="8">
         <v>11</v>
       </c>
     </row>
-    <row r="62" spans="1:10" ht="19.5" customHeight="1">
+    <row r="62" spans="1:11" ht="19.5" customHeight="1">
       <c r="A62" s="8">
         <v>25</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C62" s="8">
         <v>1970</v>
       </c>
       <c r="D62" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E62" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F62" s="8" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="G62" s="9">
+        <v>204</v>
+      </c>
+      <c r="G62" s="23" t="s">
+        <v>210</v>
+      </c>
+      <c r="H62" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I62" s="9">
         <v>5.6041666666666601E-2</v>
       </c>
-      <c r="H62" s="8">
-[...2 lines deleted...]
-      <c r="I62" s="8">
+      <c r="J62" s="8">
         <v>25</v>
       </c>
-      <c r="J62" s="8">
+      <c r="K62" s="8">
         <v>5</v>
       </c>
     </row>
-    <row r="63" spans="1:10" ht="19.5" customHeight="1">
+    <row r="63" spans="1:11" ht="19.5" customHeight="1">
       <c r="A63" s="8">
         <v>46</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="C63" s="8">
         <v>1988</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E63" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F63" s="8" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="G63" s="9">
+        <v>203</v>
+      </c>
+      <c r="G63" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H63" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I63" s="9">
         <v>5.692129629629622E-2</v>
       </c>
-      <c r="H63" s="8">
+      <c r="J63" s="8">
         <v>51</v>
       </c>
-      <c r="I63" s="8">
-[...2 lines deleted...]
-      <c r="J63" s="8">
+      <c r="K63" s="8">
         <v>7</v>
       </c>
     </row>
-    <row r="64" spans="1:10" ht="19.5" customHeight="1">
+    <row r="64" spans="1:11" ht="19.5" customHeight="1">
       <c r="A64" s="8">
         <v>42</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C64" s="8">
         <v>1984</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E64" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F64" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G64" s="23" t="s">
         <v>209</v>
       </c>
-      <c r="F64" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G64" s="9">
+      <c r="H64" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I64" s="9">
         <v>5.8101851851851849E-2</v>
       </c>
-      <c r="H64" s="8">
+      <c r="J64" s="8">
         <v>52</v>
       </c>
-      <c r="I64" s="8">
-[...2 lines deleted...]
-      <c r="J64" s="8">
+      <c r="K64" s="8">
         <v>12</v>
       </c>
     </row>
-    <row r="65" spans="1:10" ht="19.5" customHeight="1">
+    <row r="65" spans="1:11" ht="19.5" customHeight="1">
       <c r="A65" s="8">
         <v>96</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="C65" s="8">
         <v>1982</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E65" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F65" s="8" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="G65" s="9">
+        <v>203</v>
+      </c>
+      <c r="G65" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H65" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I65" s="9">
         <v>7.3298611111111078E-2</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
       <c r="J65" s="8">
         <v>1</v>
       </c>
-    </row>
-    <row r="66" spans="1:10" ht="19.5" customHeight="1">
+      <c r="K65" s="8">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="66" spans="1:11" ht="19.5" customHeight="1">
       <c r="A66" s="8">
         <v>110</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="C66" s="8">
         <v>1986</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="E66" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F66" s="8" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="G66" s="9">
+        <v>203</v>
+      </c>
+      <c r="G66" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H66" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I66" s="9">
         <v>7.3657407407407394E-2</v>
       </c>
-      <c r="H66" s="8">
+      <c r="J66" s="8">
         <v>2</v>
       </c>
-      <c r="I66" s="8">
-[...2 lines deleted...]
-      <c r="J66" s="8">
+      <c r="K66" s="8">
         <v>1</v>
       </c>
     </row>
-    <row r="67" spans="1:10" ht="19.5" customHeight="1">
+    <row r="67" spans="1:11" ht="19.5" customHeight="1">
       <c r="A67" s="8">
         <v>122</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="C67" s="8">
         <v>1988</v>
       </c>
       <c r="D67" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E67" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F67" s="8" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="G67" s="9">
+        <v>203</v>
+      </c>
+      <c r="G67" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H67" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I67" s="9">
         <v>7.4745370370370379E-2</v>
       </c>
-      <c r="H67" s="8">
+      <c r="J67" s="8">
         <v>3</v>
       </c>
-      <c r="I67" s="8">
-[...2 lines deleted...]
-      <c r="J67" s="8">
+      <c r="K67" s="8">
         <v>2</v>
       </c>
     </row>
-    <row r="68" spans="1:10" ht="19.5" customHeight="1">
+    <row r="68" spans="1:11" ht="19.5" customHeight="1">
       <c r="A68" s="8">
         <v>67</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C68" s="8">
         <v>1974</v>
       </c>
       <c r="D68" s="2" t="s">
         <v>38</v>
       </c>
       <c r="E68" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F68" s="8" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="G68" s="9">
+        <v>203</v>
+      </c>
+      <c r="G68" s="23" t="s">
+        <v>210</v>
+      </c>
+      <c r="H68" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I68" s="9">
         <v>7.8854166666666614E-2</v>
       </c>
-      <c r="H68" s="8">
+      <c r="J68" s="8">
         <v>4</v>
       </c>
-      <c r="I68" s="8">
-[...2 lines deleted...]
-      <c r="J68" s="8">
+      <c r="K68" s="8">
         <v>1</v>
       </c>
     </row>
-    <row r="69" spans="1:10" ht="19.5" customHeight="1">
+    <row r="69" spans="1:11" ht="19.5" customHeight="1">
       <c r="A69" s="8">
         <v>140</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="C69" s="8">
         <v>1982</v>
       </c>
       <c r="D69" s="2" t="s">
-        <v>202</v>
+        <v>195</v>
       </c>
       <c r="E69" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F69" s="8" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="G69" s="9">
+        <v>203</v>
+      </c>
+      <c r="G69" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H69" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I69" s="9">
         <v>7.9664351851851778E-2</v>
       </c>
-      <c r="H69" s="8">
+      <c r="J69" s="8">
         <v>5</v>
       </c>
-      <c r="I69" s="8">
-[...2 lines deleted...]
-      <c r="J69" s="8">
+      <c r="K69" s="8">
         <v>2</v>
       </c>
     </row>
-    <row r="70" spans="1:10" ht="19.5" customHeight="1">
+    <row r="70" spans="1:11" ht="19.5" customHeight="1">
       <c r="A70" s="8">
         <v>81</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C70" s="8">
         <v>1982</v>
       </c>
       <c r="D70" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E70" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F70" s="8" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="G70" s="9">
+        <v>203</v>
+      </c>
+      <c r="G70" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H70" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I70" s="9">
         <v>8.0185185185185082E-2</v>
       </c>
-      <c r="H70" s="8">
-[...4 lines deleted...]
-      </c>
       <c r="J70" s="8">
+        <v>6</v>
+      </c>
+      <c r="K70" s="8">
         <v>3</v>
       </c>
     </row>
-    <row r="71" spans="1:10" ht="19.5" customHeight="1">
+    <row r="71" spans="1:11" ht="19.5" customHeight="1">
       <c r="A71" s="8">
         <v>66</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="C71" s="8">
         <v>1988</v>
       </c>
       <c r="D71" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E71" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F71" s="8" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="G71" s="9">
+        <v>203</v>
+      </c>
+      <c r="G71" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H71" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I71" s="9">
         <v>8.1620370370370343E-2</v>
       </c>
-      <c r="H71" s="8">
+      <c r="J71" s="8">
         <v>7</v>
       </c>
-      <c r="I71" s="8">
-[...2 lines deleted...]
-      <c r="J71" s="8">
+      <c r="K71" s="8">
         <v>3</v>
       </c>
     </row>
-    <row r="72" spans="1:10" ht="19.5" customHeight="1">
+    <row r="72" spans="1:11" ht="19.5" customHeight="1">
       <c r="A72" s="8">
         <v>123</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="C72" s="8">
         <v>1990</v>
       </c>
       <c r="D72" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E72" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F72" s="8" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="G72" s="9">
+        <v>203</v>
+      </c>
+      <c r="G72" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H72" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I72" s="9">
         <v>8.3576388888888908E-2</v>
       </c>
-      <c r="H72" s="8">
+      <c r="J72" s="8">
         <v>8</v>
       </c>
-      <c r="I72" s="8">
-[...2 lines deleted...]
-      <c r="J72" s="8">
+      <c r="K72" s="8">
         <v>4</v>
       </c>
     </row>
-    <row r="73" spans="1:10" ht="19.5" customHeight="1">
+    <row r="73" spans="1:11" ht="19.5" customHeight="1">
       <c r="A73" s="8">
         <v>93</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="C73" s="8">
         <v>1986</v>
       </c>
       <c r="D73" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E73" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F73" s="8" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="G73" s="9">
+        <v>203</v>
+      </c>
+      <c r="G73" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H73" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I73" s="9">
         <v>8.3587962962962961E-2</v>
       </c>
-      <c r="H73" s="8">
+      <c r="J73" s="8">
         <v>9</v>
       </c>
-      <c r="I73" s="8">
-[...2 lines deleted...]
-      <c r="J73" s="8">
+      <c r="K73" s="8">
         <v>5</v>
       </c>
     </row>
-    <row r="74" spans="1:10" ht="19.5" customHeight="1">
+    <row r="74" spans="1:11" ht="19.5" customHeight="1">
       <c r="A74" s="8">
         <v>143</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="C74" s="8">
         <v>1986</v>
       </c>
       <c r="D74" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E74" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F74" s="8" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="G74" s="9">
+        <v>203</v>
+      </c>
+      <c r="G74" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H74" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I74" s="9">
         <v>8.8807870370370245E-2</v>
       </c>
-      <c r="H74" s="8">
+      <c r="J74" s="8">
         <v>10</v>
       </c>
-      <c r="I74" s="8">
-[...6 lines deleted...]
-    <row r="75" spans="1:10" ht="19.5" customHeight="1">
+      <c r="K74" s="8">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="75" spans="1:11" ht="19.5" customHeight="1">
       <c r="A75" s="8">
         <v>88</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="C75" s="8">
         <v>1978</v>
       </c>
       <c r="D75" s="2" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="E75" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F75" s="8" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="G75" s="9">
+        <v>203</v>
+      </c>
+      <c r="G75" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H75" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I75" s="9">
         <v>8.902777777777765E-2</v>
       </c>
-      <c r="H75" s="8">
+      <c r="J75" s="8">
         <v>11</v>
       </c>
-      <c r="I75" s="8">
-[...2 lines deleted...]
-      <c r="J75" s="8">
+      <c r="K75" s="8">
         <v>4</v>
       </c>
     </row>
-    <row r="76" spans="1:10" ht="19.5" customHeight="1">
+    <row r="76" spans="1:11" ht="19.5" customHeight="1">
       <c r="A76" s="8">
         <v>71</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="C76" s="8">
         <v>1981</v>
       </c>
       <c r="D76" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E76" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F76" s="8" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="G76" s="9">
+        <v>203</v>
+      </c>
+      <c r="G76" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H76" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I76" s="9">
         <v>9.222222222222215E-2</v>
       </c>
-      <c r="H76" s="8">
+      <c r="J76" s="8">
         <v>12</v>
       </c>
-      <c r="I76" s="8">
-[...2 lines deleted...]
-      <c r="J76" s="8">
+      <c r="K76" s="8">
         <v>5</v>
       </c>
     </row>
-    <row r="77" spans="1:10" ht="19.5" customHeight="1">
+    <row r="77" spans="1:11" ht="19.5" customHeight="1">
       <c r="A77" s="8">
         <v>109</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="C77" s="8">
         <v>1977</v>
       </c>
       <c r="D77" s="2" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="E77" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F77" s="8" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="G77" s="9">
+        <v>203</v>
+      </c>
+      <c r="G77" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H77" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I77" s="9">
         <v>9.2812499999999909E-2</v>
       </c>
-      <c r="H77" s="8">
+      <c r="J77" s="8">
         <v>13</v>
       </c>
-      <c r="I77" s="8">
-[...6 lines deleted...]
-    <row r="78" spans="1:10" ht="19.5" customHeight="1">
+      <c r="K77" s="8">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="78" spans="1:11" ht="19.5" customHeight="1">
       <c r="A78" s="8">
         <v>80</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>181</v>
+        <v>216</v>
       </c>
       <c r="C78" s="8">
         <v>1978</v>
       </c>
       <c r="D78" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E78" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F78" s="8" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="G78" s="9">
+        <v>203</v>
+      </c>
+      <c r="G78" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H78" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I78" s="9">
         <v>9.3587962962962956E-2</v>
       </c>
-      <c r="H78" s="8">
+      <c r="J78" s="8">
         <v>14</v>
       </c>
-      <c r="I78" s="8">
-[...2 lines deleted...]
-      <c r="J78" s="8">
+      <c r="K78" s="8">
         <v>7</v>
       </c>
     </row>
-    <row r="79" spans="1:10" ht="19.5" customHeight="1">
+    <row r="79" spans="1:11" ht="19.5" customHeight="1">
       <c r="A79" s="8">
         <v>73</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="C79" s="8">
         <v>1990</v>
       </c>
       <c r="D79" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="E79" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F79" s="8" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="G79" s="9">
+        <v>203</v>
+      </c>
+      <c r="G79" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H79" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I79" s="9">
         <v>9.3622685185185073E-2</v>
       </c>
-      <c r="H79" s="8">
+      <c r="J79" s="8">
         <v>15</v>
       </c>
-      <c r="I79" s="8">
-[...2 lines deleted...]
-      <c r="J79" s="8">
+      <c r="K79" s="8">
         <v>7</v>
       </c>
     </row>
-    <row r="80" spans="1:10" ht="19.5" customHeight="1">
+    <row r="80" spans="1:11" ht="19.5" customHeight="1">
       <c r="A80" s="8">
         <v>70</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C80" s="8">
         <v>1984</v>
       </c>
       <c r="D80" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E80" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F80" s="8" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="G80" s="9">
+        <v>203</v>
+      </c>
+      <c r="G80" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H80" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I80" s="9">
         <v>9.4386574074074081E-2</v>
       </c>
-      <c r="H80" s="8">
+      <c r="J80" s="8">
         <v>16</v>
       </c>
-      <c r="I80" s="8">
-[...2 lines deleted...]
-      <c r="J80" s="8">
+      <c r="K80" s="8">
         <v>8</v>
       </c>
     </row>
-    <row r="81" spans="1:10" ht="19.5" customHeight="1">
+    <row r="81" spans="1:11" ht="19.5" customHeight="1">
       <c r="A81" s="8">
         <v>134</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="C81" s="8">
         <v>1988</v>
       </c>
       <c r="D81" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E81" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F81" s="8" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="G81" s="9">
+        <v>203</v>
+      </c>
+      <c r="G81" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H81" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I81" s="9">
         <v>9.4780092592592513E-2</v>
       </c>
-      <c r="H81" s="8">
+      <c r="J81" s="8">
         <v>17</v>
       </c>
-      <c r="I81" s="8">
-[...2 lines deleted...]
-      <c r="J81" s="8">
+      <c r="K81" s="8">
         <v>8</v>
       </c>
     </row>
-    <row r="82" spans="1:10" ht="19.5" customHeight="1">
+    <row r="82" spans="1:11" ht="19.5" customHeight="1">
       <c r="A82" s="8">
         <v>141</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="C82" s="8">
         <v>1986</v>
       </c>
       <c r="D82" s="2" t="s">
-        <v>202</v>
+        <v>195</v>
       </c>
       <c r="E82" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F82" s="8" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="G82" s="9">
+        <v>204</v>
+      </c>
+      <c r="G82" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H82" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I82" s="9">
         <v>9.4988425925925879E-2</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
       <c r="J82" s="8">
         <v>1</v>
       </c>
-    </row>
-    <row r="83" spans="1:10" ht="19.5" customHeight="1">
+      <c r="K82" s="8">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="83" spans="1:11" ht="19.5" customHeight="1">
       <c r="A83" s="8">
         <v>65</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="C83" s="8">
         <v>1983</v>
       </c>
       <c r="D83" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E83" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F83" s="8" t="s">
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="G83" s="9">
+        <v>204</v>
+      </c>
+      <c r="G83" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H83" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I83" s="9">
         <v>9.5763888888888815E-2</v>
       </c>
-      <c r="H83" s="8">
-[...2 lines deleted...]
-      <c r="I83" s="8">
+      <c r="J83" s="8">
         <v>2</v>
       </c>
-      <c r="J83" s="8">
+      <c r="K83" s="8">
         <v>1</v>
       </c>
     </row>
-    <row r="84" spans="1:10" ht="19.5" customHeight="1">
+    <row r="84" spans="1:11" ht="19.5" customHeight="1">
       <c r="A84" s="8">
         <v>129</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="C84" s="8">
         <v>1983</v>
       </c>
       <c r="D84" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E84" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F84" s="8" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="G84" s="9">
+        <v>203</v>
+      </c>
+      <c r="G84" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H84" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I84" s="9">
         <v>9.5787037037037004E-2</v>
       </c>
-      <c r="H84" s="8">
-[...2 lines deleted...]
-      <c r="I84" s="8">
+      <c r="J84" s="8">
         <v>18</v>
       </c>
-      <c r="J84" s="8">
+      <c r="K84" s="8">
         <v>9</v>
       </c>
     </row>
-    <row r="85" spans="1:10" ht="19.5" customHeight="1">
+    <row r="85" spans="1:11" ht="19.5" customHeight="1">
       <c r="A85" s="8">
         <v>77</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C85" s="8">
         <v>1978</v>
       </c>
       <c r="D85" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E85" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F85" s="8" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="G85" s="9">
+        <v>203</v>
+      </c>
+      <c r="G85" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H85" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I85" s="9">
         <v>9.7754629629629608E-2</v>
       </c>
-      <c r="H85" s="8">
-[...2 lines deleted...]
-      <c r="I85" s="8">
+      <c r="J85" s="8">
         <v>19</v>
       </c>
-      <c r="J85" s="8">
+      <c r="K85" s="8">
         <v>10</v>
       </c>
     </row>
-    <row r="86" spans="1:10" ht="19.5" customHeight="1">
+    <row r="86" spans="1:11" ht="19.5" customHeight="1">
       <c r="A86" s="8">
         <v>90</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C86" s="8">
         <v>1984</v>
       </c>
       <c r="D86" s="2" t="s">
         <v>38</v>
       </c>
       <c r="E86" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F86" s="8" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="G86" s="9">
+        <v>203</v>
+      </c>
+      <c r="G86" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H86" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I86" s="9">
         <v>9.9328703703703669E-2</v>
       </c>
-      <c r="H86" s="8">
-[...2 lines deleted...]
-      <c r="I86" s="8">
+      <c r="J86" s="8">
         <v>20</v>
       </c>
-      <c r="J86" s="8">
+      <c r="K86" s="8">
         <v>11</v>
       </c>
     </row>
-    <row r="87" spans="1:10" ht="19.5" customHeight="1">
+    <row r="87" spans="1:11" ht="19.5" customHeight="1">
       <c r="A87" s="8">
         <v>144</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="C87" s="8">
         <v>1963</v>
       </c>
       <c r="D87" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E87" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F87" s="8" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="G87" s="9">
+        <v>203</v>
+      </c>
+      <c r="G87" s="23" t="s">
+        <v>211</v>
+      </c>
+      <c r="H87" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I87" s="9">
         <v>9.9988425925925883E-2</v>
       </c>
-      <c r="H87" s="8">
-[...2 lines deleted...]
-      <c r="I87" s="8">
+      <c r="J87" s="8">
         <v>21</v>
       </c>
-      <c r="J87" s="8">
+      <c r="K87" s="8">
         <v>1</v>
       </c>
     </row>
-    <row r="88" spans="1:10" ht="19.5" customHeight="1">
+    <row r="88" spans="1:11" ht="19.5" customHeight="1">
       <c r="A88" s="8">
         <v>100</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="8">
         <v>1975</v>
       </c>
       <c r="D88" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E88" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F88" s="8" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="G88" s="9">
+        <v>203</v>
+      </c>
+      <c r="G88" s="23" t="s">
+        <v>210</v>
+      </c>
+      <c r="H88" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I88" s="9">
         <v>0.10137731481481477</v>
       </c>
-      <c r="H88" s="8">
-[...2 lines deleted...]
-      <c r="I88" s="8">
+      <c r="J88" s="8">
         <v>22</v>
       </c>
-      <c r="J88" s="8">
+      <c r="K88" s="8">
         <v>2</v>
       </c>
     </row>
-    <row r="89" spans="1:10" ht="19.5" customHeight="1">
+    <row r="89" spans="1:11" ht="19.5" customHeight="1">
       <c r="A89" s="8">
         <v>125</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="C89" s="8">
         <v>1990</v>
       </c>
       <c r="D89" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E89" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F89" s="8" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="G89" s="9">
+        <v>203</v>
+      </c>
+      <c r="G89" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H89" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I89" s="9">
         <v>0.10302083333333328</v>
       </c>
-      <c r="H89" s="8">
-[...2 lines deleted...]
-      <c r="I89" s="8">
+      <c r="J89" s="8">
         <v>23</v>
       </c>
-      <c r="J89" s="8">
+      <c r="K89" s="8">
         <v>9</v>
       </c>
     </row>
-    <row r="90" spans="1:10" ht="19.5" customHeight="1">
+    <row r="90" spans="1:11" ht="19.5" customHeight="1">
       <c r="A90" s="8">
         <v>91</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C90" s="8">
         <v>1984</v>
       </c>
       <c r="D90" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E90" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F90" s="8" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="G90" s="9">
+        <v>203</v>
+      </c>
+      <c r="G90" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H90" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I90" s="9">
         <v>0.10459490740740734</v>
       </c>
-      <c r="H90" s="8">
-[...2 lines deleted...]
-      <c r="I90" s="8">
+      <c r="J90" s="8">
         <v>24</v>
       </c>
-      <c r="J90" s="8">
+      <c r="K90" s="8">
         <v>12</v>
       </c>
     </row>
-    <row r="91" spans="1:10" ht="19.5" customHeight="1">
+    <row r="91" spans="1:11" ht="19.5" customHeight="1">
       <c r="A91" s="8">
         <v>59</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C91" s="8">
         <v>1981</v>
       </c>
       <c r="D91" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E91" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F91" s="8" t="s">
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="G91" s="9">
+        <v>204</v>
+      </c>
+      <c r="G91" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H91" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I91" s="9">
         <v>0.10614583333333333</v>
       </c>
-      <c r="H91" s="8">
-[...2 lines deleted...]
-      <c r="I91" s="8">
+      <c r="J91" s="8">
         <v>3</v>
       </c>
-      <c r="J91" s="8">
+      <c r="K91" s="8">
         <v>2</v>
       </c>
     </row>
-    <row r="92" spans="1:10" ht="19.5" customHeight="1">
+    <row r="92" spans="1:11" ht="19.5" customHeight="1">
       <c r="A92" s="8">
         <v>118</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
       <c r="C92" s="8">
         <v>1971</v>
       </c>
       <c r="D92" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E92" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F92" s="8" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="G92" s="9">
+        <v>203</v>
+      </c>
+      <c r="G92" s="23" t="s">
+        <v>210</v>
+      </c>
+      <c r="H92" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I92" s="9">
         <v>0.10809027777777779</v>
       </c>
-      <c r="H92" s="8">
-[...2 lines deleted...]
-      <c r="I92" s="8">
+      <c r="J92" s="8">
         <v>25</v>
       </c>
-      <c r="J92" s="8">
+      <c r="K92" s="8">
         <v>3</v>
       </c>
     </row>
-    <row r="93" spans="1:10" ht="19.5" customHeight="1">
+    <row r="93" spans="1:11" ht="19.5" customHeight="1">
       <c r="A93" s="8">
         <v>64</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C93" s="8">
         <v>1985</v>
       </c>
       <c r="D93" s="2" t="s">
         <v>36</v>
       </c>
       <c r="E93" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F93" s="8" t="s">
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="G93" s="9">
+        <v>204</v>
+      </c>
+      <c r="G93" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H93" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I93" s="9">
         <v>0.10810185185185178</v>
       </c>
-      <c r="H93" s="8">
-[...2 lines deleted...]
-      <c r="I93" s="8">
+      <c r="J93" s="8">
         <v>4</v>
       </c>
-      <c r="J93" s="8">
+      <c r="K93" s="8">
         <v>3</v>
       </c>
     </row>
-    <row r="94" spans="1:10" ht="19.5" customHeight="1">
+    <row r="94" spans="1:11" ht="19.5" customHeight="1">
       <c r="A94" s="8">
         <v>78</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C94" s="8">
         <v>1986</v>
       </c>
       <c r="D94" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E94" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F94" s="8" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="G94" s="9">
+        <v>203</v>
+      </c>
+      <c r="G94" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H94" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I94" s="9">
         <v>0.11181712962962959</v>
       </c>
-      <c r="H94" s="8">
-[...2 lines deleted...]
-      <c r="I94" s="8">
+      <c r="J94" s="8">
         <v>26</v>
       </c>
-      <c r="J94" s="8">
+      <c r="K94" s="8">
         <v>10</v>
       </c>
     </row>
-    <row r="95" spans="1:10" ht="19.5" customHeight="1">
+    <row r="95" spans="1:11" ht="19.5" customHeight="1">
       <c r="A95" s="8">
         <v>58</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="C95" s="8">
         <v>1988</v>
       </c>
       <c r="D95" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E95" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F95" s="8" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="G95" s="9">
+        <v>204</v>
+      </c>
+      <c r="G95" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H95" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I95" s="9">
         <v>0.11200231481481476</v>
       </c>
-      <c r="H95" s="8">
-[...2 lines deleted...]
-      <c r="I95" s="8">
+      <c r="J95" s="8">
         <v>5</v>
       </c>
-      <c r="J95" s="8">
+      <c r="K95" s="8">
         <v>2</v>
       </c>
     </row>
-    <row r="96" spans="1:10" ht="19.5" customHeight="1">
+    <row r="96" spans="1:11" ht="19.5" customHeight="1">
       <c r="A96" s="8">
         <v>82</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C96" s="8">
         <v>1983</v>
       </c>
       <c r="D96" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E96" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F96" s="8" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="G96" s="9">
+        <v>203</v>
+      </c>
+      <c r="G96" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H96" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I96" s="9">
         <v>0.11204861111111103</v>
       </c>
-      <c r="H96" s="8">
-[...2 lines deleted...]
-      <c r="I96" s="8">
+      <c r="J96" s="8">
         <v>27</v>
       </c>
-      <c r="J96" s="8">
+      <c r="K96" s="8">
         <v>13</v>
       </c>
     </row>
-    <row r="97" spans="1:10" ht="19.5" customHeight="1">
+    <row r="97" spans="1:11" ht="19.5" customHeight="1">
       <c r="A97" s="8">
         <v>68</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C97" s="8">
         <v>1986</v>
       </c>
       <c r="D97" s="2" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="E97" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F97" s="8" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="G97" s="9">
+        <v>203</v>
+      </c>
+      <c r="G97" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H97" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I97" s="9">
         <v>0.11287037037037034</v>
       </c>
-      <c r="H97" s="8">
-[...2 lines deleted...]
-      <c r="I97" s="8">
+      <c r="J97" s="8">
         <v>28</v>
       </c>
-      <c r="J97" s="8">
+      <c r="K97" s="8">
         <v>11</v>
       </c>
     </row>
-    <row r="98" spans="1:10" ht="19.5" customHeight="1">
+    <row r="98" spans="1:11" ht="19.5" customHeight="1">
       <c r="A98" s="8">
         <v>131</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>182</v>
+        <v>175</v>
       </c>
       <c r="C98" s="8">
         <v>1950</v>
       </c>
       <c r="D98" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E98" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F98" s="8" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="G98" s="9">
+        <v>203</v>
+      </c>
+      <c r="G98" s="23" t="s">
+        <v>211</v>
+      </c>
+      <c r="H98" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I98" s="9">
         <v>0.11370370370370358</v>
       </c>
-      <c r="H98" s="8">
-[...2 lines deleted...]
-      <c r="I98" s="8">
+      <c r="J98" s="8">
         <v>29</v>
       </c>
-      <c r="J98" s="8">
+      <c r="K98" s="8">
         <v>2</v>
       </c>
     </row>
-    <row r="99" spans="1:10" ht="19.5" customHeight="1">
+    <row r="99" spans="1:11" ht="19.5" customHeight="1">
       <c r="A99" s="8">
         <v>112</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="C99" s="8">
         <v>1982</v>
       </c>
       <c r="D99" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E99" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F99" s="8" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="G99" s="9">
+        <v>203</v>
+      </c>
+      <c r="G99" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H99" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I99" s="9">
         <v>0.11707175925925922</v>
       </c>
-      <c r="H99" s="8">
-[...2 lines deleted...]
-      <c r="I99" s="8">
+      <c r="J99" s="8">
         <v>30</v>
       </c>
-      <c r="J99" s="8">
+      <c r="K99" s="8">
         <v>14</v>
       </c>
     </row>
-    <row r="100" spans="1:10" ht="19.5" customHeight="1">
+    <row r="100" spans="1:11" ht="19.5" customHeight="1">
       <c r="A100" s="8">
         <v>135</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C100" s="8">
         <v>1982</v>
       </c>
       <c r="D100" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E100" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F100" s="8" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="G100" s="9">
+        <v>203</v>
+      </c>
+      <c r="G100" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H100" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I100" s="9">
         <v>0.11711805555555549</v>
       </c>
-      <c r="H100" s="8">
-[...2 lines deleted...]
-      <c r="I100" s="8">
+      <c r="J100" s="8">
         <v>31</v>
       </c>
-      <c r="J100" s="8">
+      <c r="K100" s="8">
         <v>15</v>
       </c>
     </row>
-    <row r="101" spans="1:10" ht="19.5" customHeight="1">
+    <row r="101" spans="1:11" ht="19.5" customHeight="1">
       <c r="A101" s="8">
         <v>94</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="C101" s="8">
         <v>1965</v>
       </c>
       <c r="D101" s="2" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="E101" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F101" s="8" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="G101" s="9">
+        <v>203</v>
+      </c>
+      <c r="G101" s="23" t="s">
+        <v>211</v>
+      </c>
+      <c r="H101" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I101" s="9">
         <v>0.11795138888888884</v>
       </c>
-      <c r="H101" s="8">
-[...2 lines deleted...]
-      <c r="I101" s="8">
+      <c r="J101" s="8">
         <v>32</v>
       </c>
-      <c r="J101" s="8">
+      <c r="K101" s="8">
         <v>3</v>
       </c>
     </row>
-    <row r="102" spans="1:10" ht="19.5" customHeight="1">
+    <row r="102" spans="1:11" ht="19.5" customHeight="1">
       <c r="A102" s="8">
         <v>142</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="C102" s="8">
         <v>1954</v>
       </c>
       <c r="D102" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E102" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F102" s="8" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="G102" s="9">
+        <v>203</v>
+      </c>
+      <c r="G102" s="23" t="s">
+        <v>211</v>
+      </c>
+      <c r="H102" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I102" s="9">
         <v>0.11903935185185183</v>
       </c>
-      <c r="H102" s="8">
-[...2 lines deleted...]
-      <c r="I102" s="8">
+      <c r="J102" s="8">
         <v>33</v>
       </c>
-      <c r="J102" s="8">
+      <c r="K102" s="8">
         <v>4</v>
       </c>
     </row>
-    <row r="103" spans="1:10" ht="19.5" customHeight="1">
+    <row r="103" spans="1:11" ht="19.5" customHeight="1">
       <c r="A103" s="8">
         <v>126</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="C103" s="8">
         <v>1992</v>
       </c>
       <c r="D103" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E103" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F103" s="8" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="G103" s="9">
+        <v>204</v>
+      </c>
+      <c r="G103" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H103" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I103" s="9">
         <v>0.12001157407407409</v>
       </c>
-      <c r="H103" s="8">
-[...4 lines deleted...]
-      </c>
       <c r="J103" s="8">
+        <v>6</v>
+      </c>
+      <c r="K103" s="8">
         <v>3</v>
       </c>
     </row>
-    <row r="104" spans="1:10" ht="19.5" customHeight="1">
+    <row r="104" spans="1:11" ht="19.5" customHeight="1">
       <c r="A104" s="8">
         <v>85</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="C104" s="8">
         <v>1994</v>
       </c>
       <c r="D104" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E104" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F104" s="8" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="G104" s="9">
+        <v>203</v>
+      </c>
+      <c r="G104" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H104" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I104" s="9">
         <v>0.12005787037037025</v>
       </c>
-      <c r="H104" s="8">
-[...4 lines deleted...]
-      </c>
       <c r="J104" s="8">
+        <v>35</v>
+      </c>
+      <c r="K104" s="8">
         <v>12</v>
       </c>
     </row>
-    <row r="105" spans="1:10" ht="19.5" customHeight="1">
+    <row r="105" spans="1:11" ht="19.5" customHeight="1">
       <c r="A105" s="8">
         <v>60</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C105" s="8">
         <v>1983</v>
       </c>
       <c r="D105" s="2" t="s">
         <v>24</v>
       </c>
       <c r="E105" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F105" s="8" t="s">
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="G105" s="9">
+        <v>204</v>
+      </c>
+      <c r="G105" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H105" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I105" s="9">
         <v>0.12436342592592581</v>
       </c>
-      <c r="H105" s="8">
-[...2 lines deleted...]
-      <c r="I105" s="8">
+      <c r="J105" s="8">
         <v>7</v>
       </c>
-      <c r="J105" s="8">
+      <c r="K105" s="8">
         <v>4</v>
       </c>
     </row>
-    <row r="106" spans="1:10" ht="19.5" customHeight="1">
+    <row r="106" spans="1:11" ht="19.5" customHeight="1">
       <c r="A106" s="8">
         <v>74</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C106" s="8">
         <v>1984</v>
       </c>
       <c r="D106" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E106" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F106" s="8" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="G106" s="9">
+        <v>203</v>
+      </c>
+      <c r="G106" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H106" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I106" s="9">
         <v>0.12515046296296289</v>
       </c>
-      <c r="H106" s="8">
-[...4 lines deleted...]
-      </c>
       <c r="J106" s="8">
+        <v>36</v>
+      </c>
+      <c r="K106" s="8">
         <v>16</v>
       </c>
     </row>
-    <row r="107" spans="1:10" ht="19.5" customHeight="1">
+    <row r="107" spans="1:11" ht="19.5" customHeight="1">
       <c r="A107" s="8">
         <v>84</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C107" s="8">
         <v>1983</v>
       </c>
       <c r="D107" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E107" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F107" s="8" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="G107" s="9">
+        <v>203</v>
+      </c>
+      <c r="G107" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H107" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I107" s="9">
         <v>0.12836805555555547</v>
       </c>
-      <c r="H107" s="8">
-[...4 lines deleted...]
-      </c>
       <c r="J107" s="8">
+        <v>37</v>
+      </c>
+      <c r="K107" s="8">
         <v>17</v>
       </c>
     </row>
-    <row r="108" spans="1:10" ht="19.5" customHeight="1">
+    <row r="108" spans="1:11" ht="19.5" customHeight="1">
       <c r="A108" s="8">
         <v>87</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C108" s="8">
         <v>1979</v>
       </c>
       <c r="D108" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E108" s="8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F108" s="8" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="G108" s="9">
+        <v>203</v>
+      </c>
+      <c r="G108" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H108" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I108" s="9">
         <v>0.13026620370370362</v>
       </c>
-      <c r="H108" s="8">
-[...4 lines deleted...]
-      </c>
       <c r="J108" s="8">
+        <v>38</v>
+      </c>
+      <c r="K108" s="8">
         <v>18</v>
       </c>
     </row>
-    <row r="109" spans="1:10" ht="19.5" customHeight="1">
+    <row r="109" spans="1:11" ht="19.5" customHeight="1">
       <c r="A109" s="8">
         <v>63</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C109" s="8">
         <v>1989</v>
       </c>
       <c r="D109" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E109" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="F109" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="G109" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H109" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="I109" s="9">
+        <v>0.13744212962962959</v>
+      </c>
+      <c r="J109" s="8">
+        <v>8</v>
+      </c>
+      <c r="K109" s="8">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="110" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A110" s="8">
+        <v>6</v>
+      </c>
+      <c r="B110" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="C110" s="8">
+        <v>2010</v>
+      </c>
+      <c r="D110" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E110" s="8" t="s">
+        <v>205</v>
+      </c>
+      <c r="F110" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G110" s="23" t="s">
+        <v>212</v>
+      </c>
+      <c r="H110" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I110" s="9"/>
+      <c r="J110" s="8"/>
+      <c r="K110" s="8"/>
+    </row>
+    <row r="111" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A111" s="8">
+        <v>5</v>
+      </c>
+      <c r="B111" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C111" s="8">
+        <v>2008</v>
+      </c>
+      <c r="D111" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E111" s="8" t="s">
+        <v>205</v>
+      </c>
+      <c r="F111" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G111" s="23" t="s">
         <v>213</v>
       </c>
-      <c r="F109" s="8" t="s">
-[...64 lines deleted...]
-      <c r="I111" s="8"/>
+      <c r="H111" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I111" s="9"/>
       <c r="J111" s="8"/>
-    </row>
-    <row r="112" spans="1:10" ht="19.5" customHeight="1">
+      <c r="K111" s="8"/>
+    </row>
+    <row r="112" spans="1:11" ht="19.5" customHeight="1">
       <c r="A112" s="8">
-        <v>146</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>2</v>
+      </c>
+      <c r="B112" s="18" t="s">
+        <v>1</v>
       </c>
       <c r="C112" s="8">
-        <v>1995</v>
+        <v>2001</v>
       </c>
       <c r="D112" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E112" s="8" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="F112" s="8" t="s">
-        <v>81</v>
-[...5 lines deleted...]
-      <c r="I112" s="8"/>
+        <v>204</v>
+      </c>
+      <c r="G112" s="23" t="s">
+        <v>215</v>
+      </c>
+      <c r="H112" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I112" s="9"/>
       <c r="J112" s="8"/>
-    </row>
-    <row r="113" spans="1:10" ht="19.5" customHeight="1">
+      <c r="K112" s="8"/>
+    </row>
+    <row r="113" spans="1:11" ht="19.5" customHeight="1">
       <c r="A113" s="8">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>7</v>
+      </c>
+      <c r="B113" s="2" t="s">
+        <v>113</v>
       </c>
       <c r="C113" s="8">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="D113" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E113" s="8" t="s">
         <v>205</v>
       </c>
       <c r="F113" s="8" t="s">
-        <v>207</v>
-[...5 lines deleted...]
-      <c r="I113" s="8"/>
+        <v>203</v>
+      </c>
+      <c r="G113" s="23" t="s">
+        <v>215</v>
+      </c>
+      <c r="H113" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I113" s="9"/>
       <c r="J113" s="8"/>
-    </row>
-    <row r="114" spans="1:10" ht="19.5" customHeight="1">
+      <c r="K113" s="8"/>
+    </row>
+    <row r="114" spans="1:11" ht="19.5" customHeight="1">
       <c r="A114" s="8">
-        <v>5</v>
+        <v>128</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>5</v>
+        <v>159</v>
       </c>
       <c r="C114" s="8">
-        <v>2008</v>
+        <v>2000</v>
       </c>
       <c r="D114" s="2" t="s">
-        <v>6</v>
+        <v>69</v>
       </c>
       <c r="E114" s="8" t="s">
         <v>205</v>
       </c>
       <c r="F114" s="8" t="s">
-        <v>206</v>
-[...5 lines deleted...]
-      <c r="I114" s="8"/>
+        <v>203</v>
+      </c>
+      <c r="G114" s="23" t="s">
+        <v>214</v>
+      </c>
+      <c r="H114" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I114" s="9"/>
       <c r="J114" s="8"/>
-    </row>
-    <row r="115" spans="1:10" ht="19.5" customHeight="1">
+      <c r="K114" s="8"/>
+    </row>
+    <row r="115" spans="1:11" ht="19.5" customHeight="1">
       <c r="A115" s="8">
-        <v>6</v>
+        <v>89</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="C115" s="8">
-        <v>2010</v>
+        <v>1989</v>
       </c>
       <c r="D115" s="2" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="E115" s="8" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="F115" s="8" t="s">
-        <v>206</v>
-[...5 lines deleted...]
-      <c r="I115" s="8"/>
+        <v>203</v>
+      </c>
+      <c r="G115" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H115" s="9" t="s">
+        <v>194</v>
+      </c>
+      <c r="I115" s="9"/>
       <c r="J115" s="8"/>
-    </row>
-    <row r="116" spans="1:10" ht="19.5" customHeight="1">
+      <c r="K115" s="8"/>
+    </row>
+    <row r="116" spans="1:11" ht="19.5" customHeight="1">
       <c r="A116" s="8">
-        <v>7</v>
+        <v>146</v>
       </c>
       <c r="B116" s="2" t="s">
-        <v>117</v>
+        <v>188</v>
       </c>
       <c r="C116" s="8">
-        <v>2004</v>
+        <v>1995</v>
       </c>
       <c r="D116" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E116" s="8" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F116" s="8" t="s">
-        <v>206</v>
-[...5 lines deleted...]
-      <c r="I116" s="8"/>
+        <v>203</v>
+      </c>
+      <c r="G116" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H116" s="9" t="s">
+        <v>194</v>
+      </c>
+      <c r="I116" s="9"/>
       <c r="J116" s="8"/>
-    </row>
-    <row r="117" spans="1:10" ht="19.5" customHeight="1">
+      <c r="K116" s="8"/>
+    </row>
+    <row r="117" spans="1:11" ht="19.5" customHeight="1">
       <c r="A117" s="8">
         <v>13</v>
       </c>
       <c r="B117" s="2" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="C117" s="8">
         <v>1986</v>
       </c>
       <c r="D117" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E117" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F117" s="8" t="s">
-        <v>211</v>
-[...5 lines deleted...]
-      <c r="I117" s="8"/>
+        <v>204</v>
+      </c>
+      <c r="G117" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H117" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I117" s="9"/>
       <c r="J117" s="8"/>
-    </row>
-    <row r="118" spans="1:10" ht="19.5" customHeight="1">
+      <c r="K117" s="8"/>
+    </row>
+    <row r="118" spans="1:11" ht="19.5" customHeight="1">
       <c r="A118" s="8">
         <v>24</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C118" s="8">
         <v>1987</v>
       </c>
       <c r="D118" s="2" t="s">
         <v>47</v>
       </c>
       <c r="E118" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F118" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="G118" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H118" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I118" s="9"/>
+      <c r="J118" s="8"/>
+      <c r="K118" s="8"/>
+    </row>
+    <row r="119" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A119" s="8">
+        <v>29</v>
+      </c>
+      <c r="B119" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="C119" s="8">
+        <v>1990</v>
+      </c>
+      <c r="D119" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="E119" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F119" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="G119" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H119" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I119" s="9"/>
+      <c r="J119" s="8"/>
+      <c r="K119" s="8"/>
+    </row>
+    <row r="120" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A120" s="8">
+        <v>34</v>
+      </c>
+      <c r="B120" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="C120" s="8">
+        <v>1993</v>
+      </c>
+      <c r="D120" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="E120" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F120" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="G120" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H120" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I120" s="9"/>
+      <c r="J120" s="8"/>
+      <c r="K120" s="8"/>
+    </row>
+    <row r="121" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A121" s="8">
+        <v>35</v>
+      </c>
+      <c r="B121" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C121" s="8">
+        <v>1988</v>
+      </c>
+      <c r="D121" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="E121" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F121" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G121" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H121" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I121" s="9"/>
+      <c r="J121" s="8"/>
+      <c r="K121" s="8"/>
+    </row>
+    <row r="122" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A122" s="8">
+        <v>36</v>
+      </c>
+      <c r="B122" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="C122" s="8">
+        <v>1994</v>
+      </c>
+      <c r="D122" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="E122" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F122" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G122" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H122" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I122" s="9"/>
+      <c r="J122" s="8"/>
+      <c r="K122" s="8"/>
+    </row>
+    <row r="123" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A123" s="8">
+        <v>51</v>
+      </c>
+      <c r="B123" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="C123" s="8">
+        <v>1993</v>
+      </c>
+      <c r="D123" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E123" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F123" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G123" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H123" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I123" s="9"/>
+      <c r="J123" s="8"/>
+      <c r="K123" s="8"/>
+    </row>
+    <row r="124" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A124" s="8">
+        <v>61</v>
+      </c>
+      <c r="B124" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C124" s="8">
+        <v>1990</v>
+      </c>
+      <c r="D124" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E124" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="F124" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="G124" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H124" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I124" s="9"/>
+      <c r="J124" s="8"/>
+      <c r="K124" s="8"/>
+    </row>
+    <row r="125" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A125" s="8">
+        <v>62</v>
+      </c>
+      <c r="B125" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C125" s="8">
+        <v>1987</v>
+      </c>
+      <c r="D125" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="E125" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="F125" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="G125" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H125" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I125" s="9"/>
+      <c r="J125" s="8"/>
+      <c r="K125" s="8"/>
+    </row>
+    <row r="126" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A126" s="8">
+        <v>69</v>
+      </c>
+      <c r="B126" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C126" s="8">
+        <v>1992</v>
+      </c>
+      <c r="D126" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="E126" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="F126" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G126" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H126" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I126" s="9"/>
+      <c r="J126" s="8"/>
+      <c r="K126" s="8"/>
+    </row>
+    <row r="127" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A127" s="8">
+        <v>75</v>
+      </c>
+      <c r="B127" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C127" s="8">
+        <v>1990</v>
+      </c>
+      <c r="D127" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E127" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="F127" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G127" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H127" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I127" s="9"/>
+      <c r="J127" s="8"/>
+      <c r="K127" s="8"/>
+    </row>
+    <row r="128" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A128" s="8">
+        <v>76</v>
+      </c>
+      <c r="B128" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C128" s="8">
+        <v>1989</v>
+      </c>
+      <c r="D128" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E128" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="F128" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G128" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H128" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I128" s="9"/>
+      <c r="J128" s="8"/>
+      <c r="K128" s="8"/>
+    </row>
+    <row r="129" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A129" s="8">
+        <v>79</v>
+      </c>
+      <c r="B129" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C129" s="8">
+        <v>1986</v>
+      </c>
+      <c r="D129" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="E129" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="F129" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G129" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H129" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I129" s="9"/>
+      <c r="J129" s="8"/>
+      <c r="K129" s="8"/>
+    </row>
+    <row r="130" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A130" s="8">
+        <v>92</v>
+      </c>
+      <c r="B130" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="C130" s="8">
+        <v>1994</v>
+      </c>
+      <c r="D130" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E130" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="F130" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G130" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H130" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I130" s="9"/>
+      <c r="J130" s="8"/>
+      <c r="K130" s="8"/>
+    </row>
+    <row r="131" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A131" s="8">
+        <v>52</v>
+      </c>
+      <c r="B131" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="C131" s="8">
+        <v>1987</v>
+      </c>
+      <c r="D131" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E131" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F131" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G131" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H131" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I131" s="9"/>
+      <c r="J131" s="8"/>
+      <c r="K131" s="8"/>
+    </row>
+    <row r="132" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A132" s="8">
+        <v>99</v>
+      </c>
+      <c r="B132" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="C132" s="8">
+        <v>1989</v>
+      </c>
+      <c r="D132" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E132" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F132" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="G132" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H132" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I132" s="9"/>
+      <c r="J132" s="8"/>
+      <c r="K132" s="8"/>
+    </row>
+    <row r="133" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A133" s="8">
+        <v>101</v>
+      </c>
+      <c r="B133" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="C133" s="8">
+        <v>1986</v>
+      </c>
+      <c r="D133" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E133" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="F133" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="G133" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H133" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I133" s="9"/>
+      <c r="J133" s="8"/>
+      <c r="K133" s="8"/>
+    </row>
+    <row r="134" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A134" s="8">
+        <v>107</v>
+      </c>
+      <c r="B134" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="C134" s="8">
+        <v>1988</v>
+      </c>
+      <c r="D134" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E134" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="F134" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="G134" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H134" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I134" s="9"/>
+      <c r="J134" s="8"/>
+      <c r="K134" s="8"/>
+    </row>
+    <row r="135" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A135" s="8">
+        <v>108</v>
+      </c>
+      <c r="B135" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="C135" s="8">
+        <v>1987</v>
+      </c>
+      <c r="D135" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="E135" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="F135" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G135" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H135" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I135" s="9"/>
+      <c r="J135" s="8"/>
+      <c r="K135" s="8"/>
+    </row>
+    <row r="136" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A136" s="8">
+        <v>111</v>
+      </c>
+      <c r="B136" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="C136" s="8">
+        <v>1986</v>
+      </c>
+      <c r="D136" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E136" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="F136" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G136" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H136" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I136" s="9"/>
+      <c r="J136" s="8"/>
+      <c r="K136" s="8"/>
+    </row>
+    <row r="137" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A137" s="8">
+        <v>95</v>
+      </c>
+      <c r="B137" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="C137" s="8">
+        <v>1997</v>
+      </c>
+      <c r="D137" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E137" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F137" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G137" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H137" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I137" s="9"/>
+      <c r="J137" s="8"/>
+      <c r="K137" s="8"/>
+    </row>
+    <row r="138" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A138" s="8">
+        <v>115</v>
+      </c>
+      <c r="B138" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="C138" s="8">
+        <v>1990</v>
+      </c>
+      <c r="D138" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E138" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="F138" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="G138" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H138" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I138" s="9"/>
+      <c r="J138" s="8"/>
+      <c r="K138" s="8"/>
+    </row>
+    <row r="139" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A139" s="8">
+        <v>132</v>
+      </c>
+      <c r="B139" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="C139" s="8">
+        <v>1988</v>
+      </c>
+      <c r="D139" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E139" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F139" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G139" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H139" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I139" s="9"/>
+      <c r="J139" s="8"/>
+      <c r="K139" s="8"/>
+    </row>
+    <row r="140" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A140" s="8">
+        <v>133</v>
+      </c>
+      <c r="B140" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="C140" s="8">
+        <v>1990</v>
+      </c>
+      <c r="D140" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E140" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F140" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G140" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="H140" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I140" s="9"/>
+      <c r="J140" s="8"/>
+      <c r="K140" s="8"/>
+    </row>
+    <row r="141" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A141" s="8">
+        <v>83</v>
+      </c>
+      <c r="B141" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="C141" s="8">
+        <v>1982</v>
+      </c>
+      <c r="D141" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E141" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="F141" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G141" s="23" t="s">
         <v>209</v>
       </c>
-      <c r="F118" s="8" t="s">
-[...10 lines deleted...]
-      <c r="A119" s="8">
+      <c r="H141" s="9" t="s">
+        <v>194</v>
+      </c>
+      <c r="I141" s="9"/>
+      <c r="J141" s="8"/>
+      <c r="K141" s="8"/>
+    </row>
+    <row r="142" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A142" s="8">
         <v>27</v>
       </c>
-      <c r="B119" s="2" t="s">
+      <c r="B142" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="C119" s="8">
+      <c r="C142" s="8">
         <v>1983</v>
       </c>
-      <c r="D119" s="2" t="s">
+      <c r="D142" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="E119" s="8" t="s">
+      <c r="E142" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F142" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="G142" s="23" t="s">
         <v>209</v>
       </c>
-      <c r="F119" s="8" t="s">
+      <c r="H142" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I142" s="9"/>
+      <c r="J142" s="8"/>
+      <c r="K142" s="8"/>
+    </row>
+    <row r="143" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A143" s="8">
+        <v>33</v>
+      </c>
+      <c r="B143" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C143" s="8">
+        <v>1983</v>
+      </c>
+      <c r="D143" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E143" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F143" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="G143" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H143" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I143" s="9"/>
+      <c r="J143" s="8"/>
+      <c r="K143" s="8"/>
+    </row>
+    <row r="144" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A144" s="8">
+        <v>37</v>
+      </c>
+      <c r="B144" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="C144" s="8">
+        <v>1981</v>
+      </c>
+      <c r="D144" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E144" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F144" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G144" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H144" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I144" s="9"/>
+      <c r="J144" s="8"/>
+      <c r="K144" s="8"/>
+    </row>
+    <row r="145" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A145" s="8">
+        <v>38</v>
+      </c>
+      <c r="B145" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C145" s="8">
+        <v>1981</v>
+      </c>
+      <c r="D145" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E145" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F145" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G145" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H145" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I145" s="9"/>
+      <c r="J145" s="8"/>
+      <c r="K145" s="8"/>
+    </row>
+    <row r="146" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A146" s="8">
+        <v>44</v>
+      </c>
+      <c r="B146" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="C146" s="8">
+        <v>1983</v>
+      </c>
+      <c r="D146" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E146" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F146" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G146" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H146" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I146" s="9"/>
+      <c r="J146" s="8"/>
+      <c r="K146" s="8"/>
+    </row>
+    <row r="147" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A147" s="8">
+        <v>50</v>
+      </c>
+      <c r="B147" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="C147" s="8">
+        <v>1981</v>
+      </c>
+      <c r="D147" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="E147" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="F147" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G147" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H147" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I147" s="9"/>
+      <c r="J147" s="8"/>
+      <c r="K147" s="8"/>
+    </row>
+    <row r="148" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A148" s="8">
+        <v>49</v>
+      </c>
+      <c r="B148" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="C148" s="8">
+        <v>1984</v>
+      </c>
+      <c r="D148" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="E148" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="F148" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G148" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H148" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I148" s="9"/>
+      <c r="J148" s="8"/>
+      <c r="K148" s="8"/>
+    </row>
+    <row r="149" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A149" s="8">
+        <v>72</v>
+      </c>
+      <c r="B149" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="C149" s="8">
+        <v>1979</v>
+      </c>
+      <c r="D149" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="E149" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="F149" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G149" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H149" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I149" s="9"/>
+      <c r="J149" s="8"/>
+      <c r="K149" s="8"/>
+    </row>
+    <row r="150" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A150" s="8">
+        <v>86</v>
+      </c>
+      <c r="B150" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C150" s="8">
+        <v>1981</v>
+      </c>
+      <c r="D150" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E150" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="F150" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G150" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H150" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I150" s="9"/>
+      <c r="J150" s="8"/>
+      <c r="K150" s="8"/>
+    </row>
+    <row r="151" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A151" s="8">
+        <v>97</v>
+      </c>
+      <c r="B151" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="C151" s="8">
+        <v>1981</v>
+      </c>
+      <c r="D151" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E151" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="F151" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G151" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H151" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I151" s="9"/>
+      <c r="J151" s="8"/>
+      <c r="K151" s="8"/>
+    </row>
+    <row r="152" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A152" s="8">
+        <v>114</v>
+      </c>
+      <c r="B152" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="C152" s="8">
+        <v>1980</v>
+      </c>
+      <c r="D152" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E152" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="F152" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G152" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H152" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I152" s="9"/>
+      <c r="J152" s="8"/>
+      <c r="K152" s="8"/>
+    </row>
+    <row r="153" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A153" s="8">
+        <v>121</v>
+      </c>
+      <c r="B153" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="C153" s="8">
+        <v>1983</v>
+      </c>
+      <c r="D153" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="E153" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="F153" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G153" s="23" t="s">
+        <v>209</v>
+      </c>
+      <c r="H153" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I153" s="9"/>
+      <c r="J153" s="8"/>
+      <c r="K153" s="8"/>
+    </row>
+    <row r="154" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A154" s="8">
+        <v>57</v>
+      </c>
+      <c r="B154" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="C154" s="8">
+        <v>1975</v>
+      </c>
+      <c r="D154" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E154" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="F154" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G154" s="23" t="s">
         <v>210</v>
       </c>
-      <c r="G119" s="9" t="s">
-[...48 lines deleted...]
-      <c r="F121" s="8" t="s">
+      <c r="H154" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I154" s="9"/>
+      <c r="J154" s="8"/>
+      <c r="K154" s="8"/>
+    </row>
+    <row r="155" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A155" s="8">
+        <v>119</v>
+      </c>
+      <c r="B155" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="C155" s="8">
+        <v>1973</v>
+      </c>
+      <c r="D155" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="E155" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="F155" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G155" s="23" t="s">
         <v>210</v>
       </c>
-      <c r="G121" s="9" t="s">
-[...887 lines deleted...]
-      <c r="I155" s="8"/>
+      <c r="H155" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I155" s="9"/>
       <c r="J155" s="8"/>
-    </row>
-    <row r="159" spans="1:10" ht="19.5" customHeight="1">
+      <c r="K155" s="8"/>
+    </row>
+    <row r="159" spans="1:11" ht="19.5" customHeight="1">
       <c r="C159" s="5"/>
-      <c r="G159" s="19"/>
-[...2 lines deleted...]
-    <row r="161" spans="2:10" ht="19.5" customHeight="1">
+      <c r="I159" s="25"/>
+      <c r="J159" s="25"/>
+    </row>
+    <row r="161" spans="2:11" ht="19.5" customHeight="1">
       <c r="B161" s="1"/>
-      <c r="H161" s="10"/>
-      <c r="I161" s="10"/>
       <c r="J161" s="10"/>
+      <c r="K161" s="10"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" sort="0" autoFilter="0"/>
-  <autoFilter ref="A5:H155">
-[...3 lines deleted...]
-      <sortCondition ref="G5:G155"/>
+  <autoFilter ref="A5:K155">
+    <sortState ref="A6:K155">
+      <sortCondition ref="I5:I155"/>
     </sortState>
   </autoFilter>
-  <mergeCells count="3">
+  <mergeCells count="2">
     <mergeCell ref="A2:B2"/>
-    <mergeCell ref="G159:H159"/>
-    <mergeCell ref="H1:I1"/>
+    <mergeCell ref="I159:J159"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="77" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="72" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Именованные диапазоны</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>