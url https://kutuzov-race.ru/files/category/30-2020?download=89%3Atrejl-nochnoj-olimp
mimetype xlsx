--- v0 (2025-10-24)
+++ v1 (2026-02-04)
@@ -1,568 +1,474 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="105" windowWidth="15120" windowHeight="8010"/>
   </bookViews>
   <sheets>
     <sheet name="Протокол" sheetId="9" r:id="rId1"/>
   </sheets>
-  <externalReferences>
-[...1 lines deleted...]
-  </externalReferences>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Протокол!$A$4:$J$67</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Протокол!$A$1:$J$67</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Протокол!$A$4:$K$67</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Протокол!$A$1:$K$67</definedName>
   </definedNames>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...342 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="13">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="391" uniqueCount="101">
   <si>
     <t>Номер</t>
   </si>
   <si>
     <t>ФИО</t>
   </si>
   <si>
     <t>ГР</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Время</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>Протокол соревнований</t>
   </si>
   <si>
-    <t>q</t>
-[...4 lines deleted...]
-  <si>
     <t>Абс.</t>
   </si>
   <si>
     <t>Дист.</t>
   </si>
   <si>
     <t>Трейл "Ночной Олимп"</t>
+  </si>
+  <si>
+    <t>Вахрушев Дмитрий</t>
+  </si>
+  <si>
+    <t>Серпухов-15</t>
+  </si>
+  <si>
+    <t>Табачников Дмитрий</t>
+  </si>
+  <si>
+    <t>Санкт-Петербург</t>
+  </si>
+  <si>
+    <t>Смирнов Дмитрий</t>
+  </si>
+  <si>
+    <t>Ивантеевка</t>
+  </si>
+  <si>
+    <t>Бунаков Олег</t>
+  </si>
+  <si>
+    <t>Калуга</t>
+  </si>
+  <si>
+    <t>Половинкин Дмитрий</t>
+  </si>
+  <si>
+    <t>Непокрытых Сергей</t>
+  </si>
+  <si>
+    <t>Обнинск</t>
+  </si>
+  <si>
+    <t>Маросеева Дарья</t>
+  </si>
+  <si>
+    <t>Дерябин Игорь</t>
+  </si>
+  <si>
+    <t>Медведев Павел</t>
+  </si>
+  <si>
+    <t>Малоярославец</t>
+  </si>
+  <si>
+    <t>Безлюдова Наталья</t>
+  </si>
+  <si>
+    <t>Перкова Любовь</t>
+  </si>
+  <si>
+    <t>Коструба Александр</t>
+  </si>
+  <si>
+    <t>Горчаков Алексей</t>
+  </si>
+  <si>
+    <t>Москва</t>
+  </si>
+  <si>
+    <t>Разумная Светлана</t>
+  </si>
+  <si>
+    <t>Мяздриков Дмитрий</t>
+  </si>
+  <si>
+    <t>Федькина Татьяна</t>
+  </si>
+  <si>
+    <t>Кравцова Ирина</t>
+  </si>
+  <si>
+    <t>Власова Юлия</t>
+  </si>
+  <si>
+    <t>Толстопятов Вадим</t>
+  </si>
+  <si>
+    <t>Яковлев Игорь</t>
+  </si>
+  <si>
+    <t>Лапикура Алексей</t>
+  </si>
+  <si>
+    <t>Козельск</t>
+  </si>
+  <si>
+    <t>Малышкин Андрей</t>
+  </si>
+  <si>
+    <t>Сафонов Артем</t>
+  </si>
+  <si>
+    <t>Журавлева Анастасия</t>
+  </si>
+  <si>
+    <t>Якименко Татьяна</t>
+  </si>
+  <si>
+    <t>Старовойт Людмила</t>
+  </si>
+  <si>
+    <t>Старченко Роман</t>
+  </si>
+  <si>
+    <t>Толстиков Виталий</t>
+  </si>
+  <si>
+    <t>Тула</t>
+  </si>
+  <si>
+    <t>Хромушкина Лидия</t>
+  </si>
+  <si>
+    <t>Задираев Денис</t>
+  </si>
+  <si>
+    <t>Акчурин Ринат</t>
+  </si>
+  <si>
+    <t>Сметана Станислав</t>
+  </si>
+  <si>
+    <t>Апрелевка</t>
+  </si>
+  <si>
+    <t>Саливон Андрей</t>
+  </si>
+  <si>
+    <t>Стародубцев Денис</t>
+  </si>
+  <si>
+    <t>Можайск</t>
+  </si>
+  <si>
+    <t>Рощупкин Владимир</t>
+  </si>
+  <si>
+    <t>Старый Оскол</t>
+  </si>
+  <si>
+    <t>Быченков Алексей</t>
+  </si>
+  <si>
+    <t>Певицкий  Владимир</t>
+  </si>
+  <si>
+    <t>Каршибаева Эльмира</t>
+  </si>
+  <si>
+    <t>Долдо Константин</t>
+  </si>
+  <si>
+    <t>Брянск</t>
+  </si>
+  <si>
+    <t>Ткаченко Владислав</t>
+  </si>
+  <si>
+    <t>Колядина Алла</t>
+  </si>
+  <si>
+    <t>Кулабухов Геннадий</t>
+  </si>
+  <si>
+    <t>Шуваев Олег</t>
+  </si>
+  <si>
+    <t>Ильин Александр</t>
+  </si>
+  <si>
+    <t>Троицкий Антон</t>
+  </si>
+  <si>
+    <t>Лысенков Дмитрий</t>
+  </si>
+  <si>
+    <t>Бабанин Владимир</t>
+  </si>
+  <si>
+    <t>Рымарь Анатолий</t>
+  </si>
+  <si>
+    <t>Ларина Анастасия</t>
+  </si>
+  <si>
+    <t>Галкина Анастасия</t>
+  </si>
+  <si>
+    <t>Коняшина Мария</t>
+  </si>
+  <si>
+    <t>Трушина Ирина</t>
+  </si>
+  <si>
+    <t>Смирнов Александр</t>
+  </si>
+  <si>
+    <t>Шаляев Сергей</t>
+  </si>
+  <si>
+    <t>Полянская Наталья</t>
+  </si>
+  <si>
+    <t>Чернов Александр</t>
+  </si>
+  <si>
+    <t>Трубино с</t>
+  </si>
+  <si>
+    <t>Воробьев Дмитрий</t>
+  </si>
+  <si>
+    <t>Веретенников Сергей</t>
+  </si>
+  <si>
+    <t>Дубеева Анастасия</t>
+  </si>
+  <si>
+    <t>Калякина Оксана</t>
+  </si>
+  <si>
+    <t>Прохневская Анна</t>
+  </si>
+  <si>
+    <t>Цыркова Дана</t>
+  </si>
+  <si>
+    <t>Чернов Николай</t>
+  </si>
+  <si>
+    <t>Пол</t>
+  </si>
+  <si>
+    <t>12 км</t>
+  </si>
+  <si>
+    <t>8 км</t>
+  </si>
+  <si>
+    <t>18-29</t>
+  </si>
+  <si>
+    <t>М</t>
+  </si>
+  <si>
+    <t>Ж</t>
+  </si>
+  <si>
+    <t>30-39</t>
+  </si>
+  <si>
+    <t>40-49</t>
+  </si>
+  <si>
+    <t>50-59</t>
+  </si>
+  <si>
+    <t>м</t>
+  </si>
+  <si>
+    <t>ж</t>
+  </si>
+  <si>
+    <t>Q</t>
+  </si>
+  <si>
+    <t>DNS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="h:mm:ss;@"/>
     <numFmt numFmtId="165" formatCode="dd/mm/yy;@"/>
   </numFmts>
-  <fonts count="7">
+  <fonts count="6">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
-    </font>
-[...5 lines deleted...]
-      <charset val="1"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="21">
+  <cellXfs count="26">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
@@ -574,12240 +480,77 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="21" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1"/>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="1"/>
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
-[...12177 lines deleted...]
-</externalLink>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13050,2460 +793,2339 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:K67"/>
+  <dimension ref="A1:L67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="3" ySplit="4" topLeftCell="D5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
       <selection pane="bottomRight" activeCell="D5" sqref="D5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="24.95" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="9.42578125" style="4" customWidth="1"/>
     <col min="2" max="2" width="31.28515625" style="2" customWidth="1"/>
     <col min="3" max="3" width="9.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="24.28515625" style="4" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="19.85546875" style="6" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="11" max="16384" width="9.140625" style="2"/>
+    <col min="5" max="5" width="12.140625" style="6" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="10.42578125" style="4" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="10.140625" style="22" customWidth="1"/>
+    <col min="8" max="8" width="10.28515625" style="4" customWidth="1"/>
+    <col min="9" max="9" width="14.7109375" style="17" customWidth="1"/>
+    <col min="10" max="11" width="10.28515625" style="2" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="24.95" customHeight="1">
+    <row r="1" spans="1:12" ht="24.95" customHeight="1">
       <c r="A1" s="1">
         <v>44184</v>
       </c>
       <c r="D1" s="20" t="s">
         <v>7</v>
       </c>
       <c r="E1" s="20"/>
-      <c r="H1" s="5"/>
-[...1 lines deleted...]
-    <row r="2" spans="1:11" ht="24.95" customHeight="1">
+      <c r="F1" s="19"/>
+      <c r="I1" s="5"/>
+    </row>
+    <row r="2" spans="1:12" ht="24.95" customHeight="1">
       <c r="A2" s="5" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="D2" s="19"/>
-      <c r="F2" s="6"/>
-[...1 lines deleted...]
-      <c r="I2" s="6"/>
+      <c r="G2" s="23"/>
+      <c r="H2" s="6"/>
       <c r="J2" s="6"/>
-    </row>
-    <row r="4" spans="1:11" s="11" customFormat="1" ht="24.95" customHeight="1">
+      <c r="K2" s="6"/>
+    </row>
+    <row r="4" spans="1:12" s="11" customFormat="1" ht="24.95" customHeight="1">
       <c r="A4" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="7" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="7" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="9" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F4" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="F4" s="21" t="s">
+        <v>88</v>
+      </c>
+      <c r="G4" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="G4" s="10" t="s">
+      <c r="H4" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="H4" s="18" t="s">
+      <c r="I4" s="18" t="s">
         <v>5</v>
       </c>
-      <c r="I4" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J4" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="K4" s="7" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="5" spans="1:11" ht="24.95" customHeight="1">
+    <row r="5" spans="1:12" ht="24.95" customHeight="1">
       <c r="A5" s="12">
         <v>6</v>
       </c>
-      <c r="B5" s="13" t="str">
-[...1 lines deleted...]
-        <v>Вахрушев Дмитрий</v>
+      <c r="B5" s="13" t="s">
+        <v>11</v>
       </c>
       <c r="C5" s="12">
-        <f>IF($A5="","",IF(ISNA(VLOOKUP($A5,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A5,[1]Регистрация!$A:$G,3,FALSE))))</f>
         <v>1977</v>
       </c>
-      <c r="D5" s="13" t="str">
-[...14 lines deleted...]
-      <c r="H5" s="15">
+      <c r="D5" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F5" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="G5" s="25" t="s">
+        <v>95</v>
+      </c>
+      <c r="H5" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I5" s="15">
         <v>2.8472222222222222E-2</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="J5" s="12">
         <v>1</v>
       </c>
-      <c r="K5" s="16"/>
-[...1 lines deleted...]
-    <row r="6" spans="1:11" ht="24.95" customHeight="1">
+      <c r="K5" s="12">
+        <v>1</v>
+      </c>
+      <c r="L5" s="16"/>
+    </row>
+    <row r="6" spans="1:12" ht="24.95" customHeight="1">
       <c r="A6" s="12">
         <v>46</v>
       </c>
-      <c r="B6" s="13" t="str">
-[...1 lines deleted...]
-        <v>Табачников Дмитрий</v>
+      <c r="B6" s="13" t="s">
+        <v>13</v>
       </c>
       <c r="C6" s="12">
-        <f>IF($A6="","",IF(ISNA(VLOOKUP($A6,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A6,[1]Регистрация!$A:$G,3,FALSE))))</f>
         <v>1983</v>
       </c>
-      <c r="D6" s="13" t="str">
-[...14 lines deleted...]
-      <c r="H6" s="15">
+      <c r="D6" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F6" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="G6" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H6" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I6" s="15">
         <v>2.8634259259259262E-2</v>
       </c>
-      <c r="I6" s="12">
+      <c r="J6" s="12">
         <v>2</v>
       </c>
-      <c r="J6" s="12">
+      <c r="K6" s="12">
         <v>1</v>
       </c>
-      <c r="K6" s="16"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:11" ht="24.95" customHeight="1">
+      <c r="L6" s="16"/>
+    </row>
+    <row r="7" spans="1:12" ht="24.95" customHeight="1">
       <c r="A7" s="12">
         <v>42</v>
       </c>
-      <c r="B7" s="13" t="str">
-[...1 lines deleted...]
-        <v>Смирнов Дмитрий</v>
+      <c r="B7" s="13" t="s">
+        <v>15</v>
       </c>
       <c r="C7" s="12">
-        <f>IF($A7="","",IF(ISNA(VLOOKUP($A7,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A7,[1]Регистрация!$A:$G,3,FALSE))))</f>
         <v>1967</v>
       </c>
-      <c r="D7" s="13" t="str">
-[...14 lines deleted...]
-      <c r="H7" s="15">
+      <c r="D7" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F7" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="G7" s="25" t="s">
+        <v>96</v>
+      </c>
+      <c r="H7" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I7" s="15">
         <v>2.884259259259259E-2</v>
       </c>
-      <c r="I7" s="12">
+      <c r="J7" s="12">
         <v>3</v>
       </c>
-      <c r="J7" s="12">
+      <c r="K7" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="8" spans="1:11" ht="24.95" customHeight="1">
+    <row r="8" spans="1:12" ht="24.95" customHeight="1">
       <c r="A8" s="12">
         <v>4</v>
       </c>
-      <c r="B8" s="13" t="str">
-[...1 lines deleted...]
-        <v>Бунаков Олег</v>
+      <c r="B8" s="13" t="s">
+        <v>17</v>
       </c>
       <c r="C8" s="12">
-        <f>IF($A8="","",IF(ISNA(VLOOKUP($A8,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A8,[1]Регистрация!$A:$G,3,FALSE))))</f>
         <v>1981</v>
       </c>
-      <c r="D8" s="13" t="str">
-[...14 lines deleted...]
-      <c r="H8" s="15">
+      <c r="D8" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F8" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="G8" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H8" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I8" s="15">
         <v>2.9085648148148149E-2</v>
       </c>
-      <c r="I8" s="12">
+      <c r="J8" s="12">
         <v>4</v>
       </c>
-      <c r="J8" s="12">
+      <c r="K8" s="12">
         <v>2</v>
       </c>
-      <c r="K8" s="16"/>
-[...1 lines deleted...]
-    <row r="9" spans="1:11" ht="24.95" customHeight="1">
+      <c r="L8" s="16"/>
+    </row>
+    <row r="9" spans="1:12" ht="24.95" customHeight="1">
       <c r="A9" s="12">
         <v>32</v>
       </c>
-      <c r="B9" s="13" t="str">
-[...1 lines deleted...]
-        <v>Половинкин Дмитрий</v>
+      <c r="B9" s="13" t="s">
+        <v>19</v>
       </c>
       <c r="C9" s="12">
-        <f>IF($A9="","",IF(ISNA(VLOOKUP($A9,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A9,[1]Регистрация!$A:$G,3,FALSE))))</f>
         <v>1988</v>
       </c>
-      <c r="D9" s="13" t="str">
-[...14 lines deleted...]
-      <c r="H9" s="15">
+      <c r="D9" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="E9" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F9" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="G9" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H9" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I9" s="15">
         <v>2.9780092592592594E-2</v>
       </c>
-      <c r="I9" s="12">
+      <c r="J9" s="12">
         <v>5</v>
       </c>
-      <c r="J9" s="12">
+      <c r="K9" s="12">
         <v>3</v>
       </c>
     </row>
-    <row r="10" spans="1:11" ht="24.95" customHeight="1">
+    <row r="10" spans="1:12" ht="24.95" customHeight="1">
       <c r="A10" s="12">
         <v>30</v>
       </c>
-      <c r="B10" s="13" t="str">
-[...1 lines deleted...]
-        <v>Непокрытых Сергей</v>
+      <c r="B10" s="13" t="s">
+        <v>20</v>
       </c>
       <c r="C10" s="12">
-        <f>IF($A10="","",IF(ISNA(VLOOKUP($A10,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A10,[1]Регистрация!$A:$G,3,FALSE))))</f>
         <v>1981</v>
       </c>
-      <c r="D10" s="13" t="str">
-[...14 lines deleted...]
-      <c r="H10" s="15">
+      <c r="D10" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="E10" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F10" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="G10" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H10" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I10" s="15">
         <v>3.2314814814814817E-2</v>
       </c>
-      <c r="I10" s="12">
+      <c r="J10" s="12">
         <v>6</v>
       </c>
-      <c r="J10" s="12">
+      <c r="K10" s="12">
         <v>4</v>
       </c>
-      <c r="K10" s="16"/>
-[...1 lines deleted...]
-    <row r="11" spans="1:11" ht="24.95" customHeight="1">
+      <c r="L10" s="16"/>
+    </row>
+    <row r="11" spans="1:12" ht="24.95" customHeight="1">
       <c r="A11" s="12">
         <v>27</v>
       </c>
-      <c r="B11" s="13" t="str">
-[...1 lines deleted...]
-        <v>Маросеева Дарья</v>
+      <c r="B11" s="13" t="s">
+        <v>22</v>
       </c>
       <c r="C11" s="12">
-        <f>IF($A11="","",IF(ISNA(VLOOKUP($A11,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A11,[1]Регистрация!$A:$G,3,FALSE))))</f>
         <v>2002</v>
       </c>
-      <c r="D11" s="13" t="str">
-[...14 lines deleted...]
-      <c r="H11" s="15">
+      <c r="D11" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="E11" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F11" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="G11" s="25" t="s">
+        <v>91</v>
+      </c>
+      <c r="H11" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I11" s="15">
         <v>3.3229166666666664E-2</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="J11" s="12">
         <v>1</v>
       </c>
-    </row>
-    <row r="12" spans="1:11" ht="24.95" customHeight="1">
+      <c r="K11" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="24.95" customHeight="1">
       <c r="A12" s="12">
         <v>10</v>
       </c>
-      <c r="B12" s="13" t="str">
-[...1 lines deleted...]
-        <v>Дерябин Игорь</v>
+      <c r="B12" s="13" t="s">
+        <v>23</v>
       </c>
       <c r="C12" s="12">
-        <f>IF($A12="","",IF(ISNA(VLOOKUP($A12,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A12,[1]Регистрация!$A:$G,3,FALSE))))</f>
         <v>1983</v>
       </c>
-      <c r="D12" s="13" t="str">
-[...14 lines deleted...]
-      <c r="H12" s="15">
+      <c r="D12" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="E12" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F12" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="G12" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H12" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I12" s="15">
         <v>3.3587962962962965E-2</v>
       </c>
-      <c r="I12" s="12">
+      <c r="J12" s="12">
         <v>7</v>
       </c>
-      <c r="J12" s="12">
+      <c r="K12" s="12">
         <v>5</v>
       </c>
-      <c r="K12" s="16"/>
-[...1 lines deleted...]
-    <row r="13" spans="1:11" ht="24.95" customHeight="1">
+      <c r="L12" s="16"/>
+    </row>
+    <row r="13" spans="1:12" ht="24.95" customHeight="1">
       <c r="A13" s="12">
         <v>28</v>
       </c>
-      <c r="B13" s="13" t="str">
-[...1 lines deleted...]
-        <v>Медведев Павел</v>
+      <c r="B13" s="13" t="s">
+        <v>24</v>
       </c>
       <c r="C13" s="12">
-        <f>IF($A13="","",IF(ISNA(VLOOKUP($A13,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A13,[1]Регистрация!$A:$G,3,FALSE))))</f>
         <v>1981</v>
       </c>
-      <c r="D13" s="13" t="str">
-[...11 lines deleted...]
-      <c r="G13" s="12" t="s">
+      <c r="D13" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="E13" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F13" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="G13" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H13" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I13" s="15">
+        <v>3.3680555555555554E-2</v>
+      </c>
+      <c r="J13" s="12">
         <v>8</v>
       </c>
-      <c r="H13" s="15">
-[...5 lines deleted...]
-      <c r="J13" s="12">
+      <c r="K13" s="12">
         <v>6</v>
       </c>
-      <c r="K13" s="16"/>
-[...1 lines deleted...]
-    <row r="14" spans="1:11" ht="24.95" customHeight="1">
+      <c r="L13" s="16"/>
+    </row>
+    <row r="14" spans="1:12" ht="24.95" customHeight="1">
       <c r="A14" s="12">
         <v>3</v>
       </c>
-      <c r="B14" s="13" t="str">
-[...1 lines deleted...]
-        <v>Безлюдова Наталья</v>
+      <c r="B14" s="13" t="s">
+        <v>26</v>
       </c>
       <c r="C14" s="12">
-        <f>IF($A14="","",IF(ISNA(VLOOKUP($A14,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A14,[1]Регистрация!$A:$G,3,FALSE))))</f>
         <v>1983</v>
       </c>
-      <c r="D14" s="13" t="str">
-[...14 lines deleted...]
-      <c r="H14" s="15">
+      <c r="D14" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="E14" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F14" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="G14" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H14" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I14" s="15">
         <v>3.3981481481481481E-2</v>
       </c>
-      <c r="I14" s="12">
+      <c r="J14" s="12">
         <v>2</v>
       </c>
-      <c r="J14" s="12">
+      <c r="K14" s="12">
         <v>1</v>
       </c>
-      <c r="K14" s="16"/>
-[...1 lines deleted...]
-    <row r="15" spans="1:11" ht="24.95" customHeight="1">
+      <c r="L14" s="16"/>
+    </row>
+    <row r="15" spans="1:12" ht="24.95" customHeight="1">
       <c r="A15" s="12">
         <v>31</v>
       </c>
-      <c r="B15" s="13" t="str">
-[...1 lines deleted...]
-        <v>Перкова Любовь</v>
+      <c r="B15" s="13" t="s">
+        <v>27</v>
       </c>
       <c r="C15" s="12">
-        <f>IF($A15="","",IF(ISNA(VLOOKUP($A15,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A15,[1]Регистрация!$A:$G,3,FALSE))))</f>
         <v>1987</v>
       </c>
-      <c r="D15" s="13" t="str">
-[...14 lines deleted...]
-      <c r="H15" s="15">
+      <c r="D15" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="E15" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F15" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="G15" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H15" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I15" s="15">
         <v>3.667824074074074E-2</v>
       </c>
-      <c r="I15" s="12">
+      <c r="J15" s="12">
         <v>3</v>
       </c>
-      <c r="J15" s="12">
+      <c r="K15" s="12">
         <v>2</v>
       </c>
     </row>
-    <row r="16" spans="1:11" ht="24.95" customHeight="1">
+    <row r="16" spans="1:12" ht="24.95" customHeight="1">
       <c r="A16" s="12">
         <v>20</v>
       </c>
-      <c r="B16" s="13" t="str">
-[...1 lines deleted...]
-        <v>Коструба Александр</v>
+      <c r="B16" s="13" t="s">
+        <v>28</v>
       </c>
       <c r="C16" s="12">
-        <f>IF($A16="","",IF(ISNA(VLOOKUP($A16,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A16,[1]Регистрация!$A:$G,3,FALSE))))</f>
         <v>1976</v>
       </c>
-      <c r="D16" s="13" t="str">
-[...14 lines deleted...]
-      <c r="H16" s="15">
+      <c r="D16" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="E16" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F16" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="G16" s="25" t="s">
+        <v>95</v>
+      </c>
+      <c r="H16" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I16" s="15">
         <v>3.8622685185185184E-2</v>
       </c>
-      <c r="I16" s="12">
+      <c r="J16" s="12">
         <v>9</v>
       </c>
-      <c r="J16" s="12">
+      <c r="K16" s="12">
         <v>2</v>
       </c>
     </row>
-    <row r="17" spans="1:11" ht="24.95" customHeight="1">
+    <row r="17" spans="1:12" ht="24.95" customHeight="1">
       <c r="A17" s="12">
         <v>62</v>
       </c>
-      <c r="B17" s="13" t="str">
-[...1 lines deleted...]
-        <v>Горчаков Алексей</v>
+      <c r="B17" s="13" t="s">
+        <v>29</v>
       </c>
       <c r="C17" s="12">
-        <f>IF($A17="","",IF(ISNA(VLOOKUP($A17,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A17,[1]Регистрация!$A:$G,3,FALSE))))</f>
         <v>1980</v>
       </c>
-      <c r="D17" s="13" t="str">
-[...14 lines deleted...]
-      <c r="H17" s="15">
+      <c r="D17" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="E17" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F17" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="G17" s="25" t="s">
+        <v>95</v>
+      </c>
+      <c r="H17" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I17" s="15">
         <v>4.1319444444444443E-2</v>
       </c>
-      <c r="I17" s="12">
+      <c r="J17" s="12">
         <v>10</v>
       </c>
-      <c r="J17" s="12">
+      <c r="K17" s="12">
         <v>3</v>
       </c>
-      <c r="K17" s="16"/>
-[...1 lines deleted...]
-    <row r="18" spans="1:11" ht="24.95" customHeight="1">
+      <c r="L17" s="16"/>
+    </row>
+    <row r="18" spans="1:12" ht="24.95" customHeight="1">
       <c r="A18" s="12">
         <v>35</v>
       </c>
-      <c r="B18" s="13" t="str">
-[...1 lines deleted...]
-        <v>Разумная Светлана</v>
+      <c r="B18" s="13" t="s">
+        <v>31</v>
       </c>
       <c r="C18" s="12">
-        <f>IF($A18="","",IF(ISNA(VLOOKUP($A18,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A18,[1]Регистрация!$A:$G,3,FALSE))))</f>
         <v>1988</v>
       </c>
-      <c r="D18" s="13" t="str">
-[...14 lines deleted...]
-      <c r="H18" s="15">
+      <c r="D18" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="E18" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F18" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="G18" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H18" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I18" s="15">
         <v>4.144675925925926E-2</v>
       </c>
-      <c r="I18" s="12">
+      <c r="J18" s="12">
         <v>4</v>
       </c>
-      <c r="J18" s="12">
+      <c r="K18" s="12">
         <v>3</v>
       </c>
-      <c r="K18" s="16"/>
-[...1 lines deleted...]
-    <row r="19" spans="1:11" ht="24.95" customHeight="1">
+      <c r="L18" s="16"/>
+    </row>
+    <row r="19" spans="1:12" ht="24.95" customHeight="1">
       <c r="A19" s="12">
         <v>29</v>
       </c>
-      <c r="B19" s="13" t="str">
-[...1 lines deleted...]
-        <v>Мяздриков Дмитрий</v>
+      <c r="B19" s="13" t="s">
+        <v>32</v>
       </c>
       <c r="C19" s="12">
-        <f>IF($A19="","",IF(ISNA(VLOOKUP($A19,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A19,[1]Регистрация!$A:$G,3,FALSE))))</f>
         <v>1990</v>
       </c>
-      <c r="D19" s="13" t="str">
-[...14 lines deleted...]
-      <c r="H19" s="15">
+      <c r="D19" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="E19" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F19" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="G19" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H19" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I19" s="15">
         <v>4.2141203703703702E-2</v>
       </c>
-      <c r="I19" s="12">
+      <c r="J19" s="12">
         <v>11</v>
       </c>
-      <c r="J19" s="12">
+      <c r="K19" s="12">
         <v>7</v>
       </c>
-      <c r="K19" s="16"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:11" ht="24.95" customHeight="1">
+      <c r="L19" s="16"/>
+    </row>
+    <row r="20" spans="1:12" ht="24.95" customHeight="1">
       <c r="A20" s="12">
         <v>52</v>
       </c>
-      <c r="B20" s="13" t="str">
-[...1 lines deleted...]
-        <v>Федькина Татьяна</v>
+      <c r="B20" s="13" t="s">
+        <v>33</v>
       </c>
       <c r="C20" s="12">
-        <f>IF($A20="","",IF(ISNA(VLOOKUP($A20,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A20,[1]Регистрация!$A:$G,3,FALSE))))</f>
         <v>1966</v>
       </c>
-      <c r="D20" s="13" t="str">
-[...14 lines deleted...]
-      <c r="H20" s="15">
+      <c r="D20" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="E20" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F20" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="G20" s="25" t="s">
+        <v>96</v>
+      </c>
+      <c r="H20" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I20" s="15">
         <v>4.2476851851851849E-2</v>
       </c>
-      <c r="I20" s="12">
+      <c r="J20" s="12">
         <v>5</v>
       </c>
-      <c r="J20" s="12">
+      <c r="K20" s="12">
         <v>1</v>
       </c>
-      <c r="K20" s="16"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:11" ht="24.95" customHeight="1">
+      <c r="L20" s="16"/>
+    </row>
+    <row r="21" spans="1:12" ht="24.95" customHeight="1">
       <c r="A21" s="12">
         <v>21</v>
       </c>
-      <c r="B21" s="13" t="str">
-[...1 lines deleted...]
-        <v>Кравцова Ирина</v>
+      <c r="B21" s="13" t="s">
+        <v>34</v>
       </c>
       <c r="C21" s="12">
-        <f>IF($A21="","",IF(ISNA(VLOOKUP($A21,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A21,[1]Регистрация!$A:$G,3,FALSE))))</f>
         <v>1984</v>
       </c>
-      <c r="D21" s="13" t="str">
-[...14 lines deleted...]
-      <c r="H21" s="15">
+      <c r="D21" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="E21" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F21" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="G21" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H21" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I21" s="15">
         <v>4.3055555555555562E-2</v>
       </c>
-      <c r="I21" s="12">
+      <c r="J21" s="12">
         <v>6</v>
       </c>
-      <c r="J21" s="12">
+      <c r="K21" s="12">
         <v>4</v>
       </c>
     </row>
-    <row r="22" spans="1:11" ht="24.95" customHeight="1">
+    <row r="22" spans="1:12" ht="24.95" customHeight="1">
       <c r="A22" s="12">
         <v>8</v>
       </c>
-      <c r="B22" s="13" t="str">
-[...1 lines deleted...]
-        <v>Власова Юлия</v>
+      <c r="B22" s="13" t="s">
+        <v>35</v>
       </c>
       <c r="C22" s="12">
-        <f>IF($A22="","",IF(ISNA(VLOOKUP($A22,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A22,[1]Регистрация!$A:$G,3,FALSE))))</f>
         <v>1981</v>
       </c>
-      <c r="D22" s="13" t="str">
-[...14 lines deleted...]
-      <c r="H22" s="15">
+      <c r="D22" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="E22" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F22" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="G22" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H22" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I22" s="15">
         <v>4.3148148148148151E-2</v>
       </c>
-      <c r="I22" s="12">
+      <c r="J22" s="12">
         <v>7</v>
       </c>
-      <c r="J22" s="12">
+      <c r="K22" s="12">
         <v>5</v>
       </c>
-      <c r="K22" s="16"/>
-[...1 lines deleted...]
-    <row r="23" spans="1:11" ht="24.95" customHeight="1">
+      <c r="L22" s="16"/>
+    </row>
+    <row r="23" spans="1:12" ht="24.95" customHeight="1">
       <c r="A23" s="12">
         <v>49</v>
       </c>
-      <c r="B23" s="13" t="str">
-[...1 lines deleted...]
-        <v>Толстопятов Вадим</v>
+      <c r="B23" s="13" t="s">
+        <v>36</v>
       </c>
       <c r="C23" s="12">
-        <f>IF($A23="","",IF(ISNA(VLOOKUP($A23,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A23,[1]Регистрация!$A:$G,3,FALSE))))</f>
         <v>1982</v>
       </c>
-      <c r="D23" s="13" t="str">
-[...14 lines deleted...]
-      <c r="H23" s="15">
+      <c r="D23" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="E23" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F23" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G23" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H23" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I23" s="15">
         <v>4.4004629629629623E-2</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="J23" s="12">
         <v>1</v>
       </c>
-    </row>
-    <row r="24" spans="1:11" ht="24.95" customHeight="1">
+      <c r="K23" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" ht="24.95" customHeight="1">
       <c r="A24" s="12">
         <v>60</v>
       </c>
-      <c r="B24" s="13" t="str">
-[...1 lines deleted...]
-        <v>Яковлев Игорь</v>
+      <c r="B24" s="13" t="s">
+        <v>37</v>
       </c>
       <c r="C24" s="12">
-        <f>IF($A24="","",IF(ISNA(VLOOKUP($A24,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A24,[1]Регистрация!$A:$G,3,FALSE))))</f>
         <v>1982</v>
       </c>
-      <c r="D24" s="13" t="str">
-[...14 lines deleted...]
-      <c r="H24" s="15">
+      <c r="D24" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="E24" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F24" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G24" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H24" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I24" s="15">
         <v>4.4212962962962961E-2</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
       <c r="J24" s="12">
         <v>2</v>
       </c>
-    </row>
-    <row r="25" spans="1:11" ht="24.95" customHeight="1">
+      <c r="K24" s="12">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" ht="24.95" customHeight="1">
       <c r="A25" s="12">
         <v>23</v>
       </c>
-      <c r="B25" s="13" t="str">
-[...1 lines deleted...]
-        <v>Лапикура Алексей</v>
+      <c r="B25" s="13" t="s">
+        <v>38</v>
       </c>
       <c r="C25" s="12">
-        <f>IF($A25="","",IF(ISNA(VLOOKUP($A25,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A25,[1]Регистрация!$A:$G,3,FALSE))))</f>
         <v>1982</v>
       </c>
-      <c r="D25" s="13" t="str">
-[...11 lines deleted...]
-      <c r="G25" s="12" t="s">
+      <c r="D25" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="E25" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F25" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="G25" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H25" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I25" s="15">
+        <v>4.4930555555555557E-2</v>
+      </c>
+      <c r="J25" s="12">
+        <v>12</v>
+      </c>
+      <c r="K25" s="12">
         <v>8</v>
       </c>
-      <c r="H25" s="15">
-[...5 lines deleted...]
-      <c r="J25" s="12">
+    </row>
+    <row r="26" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A26" s="12">
+        <v>61</v>
+      </c>
+      <c r="B26" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="C26" s="12">
+        <v>1983</v>
+      </c>
+      <c r="D26" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="E26" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F26" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="G26" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H26" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I26" s="15">
+        <v>4.4953703703703697E-2</v>
+      </c>
+      <c r="J26" s="12">
+        <v>13</v>
+      </c>
+      <c r="K26" s="12">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A27" s="12">
+        <v>26</v>
+      </c>
+      <c r="B27" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="C27" s="12">
+        <v>1982</v>
+      </c>
+      <c r="D27" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="E27" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F27" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G27" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H27" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I27" s="15">
+        <v>4.8518518518518516E-2</v>
+      </c>
+      <c r="J27" s="12">
+        <v>3</v>
+      </c>
+      <c r="K27" s="12">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A28" s="12">
+        <v>39</v>
+      </c>
+      <c r="B28" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="C28" s="12">
+        <v>1981</v>
+      </c>
+      <c r="D28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="E28" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F28" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G28" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H28" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I28" s="15">
+        <v>4.8668981481481487E-2</v>
+      </c>
+      <c r="J28" s="12">
+        <v>4</v>
+      </c>
+      <c r="K28" s="12">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A29" s="12">
+        <v>13</v>
+      </c>
+      <c r="B29" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="C29" s="12">
+        <v>1997</v>
+      </c>
+      <c r="D29" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="E29" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F29" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="G29" s="25" t="s">
+        <v>91</v>
+      </c>
+      <c r="H29" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I29" s="15">
+        <v>4.9571759259259253E-2</v>
+      </c>
+      <c r="J29" s="12">
         <v>8</v>
       </c>
-    </row>
-[...46 lines deleted...]
-        <f>IF($A27="","",IF(ISNA(VLOOKUP($A27,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A27,[1]Регистрация!$A:$G,3,FALSE))))</f>
+      <c r="K29" s="12">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A30" s="12">
+        <v>59</v>
+      </c>
+      <c r="B30" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="C30" s="12">
         <v>1981</v>
       </c>
-      <c r="D27" s="13" t="str">
-[...88 lines deleted...]
-      <c r="H29" s="15">
+      <c r="D30" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="E30" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F30" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="G30" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H30" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I30" s="15">
         <v>5.0694444444444452E-2</v>
       </c>
-      <c r="I29" s="12">
+      <c r="J30" s="12">
         <v>9</v>
       </c>
-      <c r="J29" s="12">
+      <c r="K30" s="12">
         <v>6</v>
       </c>
     </row>
-    <row r="30" spans="1:11" ht="24.95" customHeight="1">
-      <c r="A30" s="12">
+    <row r="31" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A31" s="12">
         <v>43</v>
       </c>
-      <c r="B30" s="13" t="str">
-[...4 lines deleted...]
-        <f>IF($A30="","",IF(ISNA(VLOOKUP($A30,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A30,[1]Регистрация!$A:$G,3,FALSE))))</f>
+      <c r="B31" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C31" s="12">
         <v>1977</v>
       </c>
-      <c r="D30" s="13" t="str">
-[...14 lines deleted...]
-      <c r="H30" s="15">
+      <c r="D31" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="E31" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F31" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="G31" s="25" t="s">
+        <v>95</v>
+      </c>
+      <c r="H31" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I31" s="15">
         <v>5.1157407407407408E-2</v>
       </c>
-      <c r="I30" s="12">
+      <c r="J31" s="12">
         <v>10</v>
       </c>
-      <c r="J30" s="12">
+      <c r="K31" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="31" spans="1:11" ht="24.95" customHeight="1">
-      <c r="A31" s="12">
+    <row r="32" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A32" s="12">
         <v>45</v>
       </c>
-      <c r="B31" s="13" t="str">
-[...4 lines deleted...]
-        <f>IF($A31="","",IF(ISNA(VLOOKUP($A31,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A31,[1]Регистрация!$A:$G,3,FALSE))))</f>
+      <c r="B32" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="C32" s="12">
         <v>1984</v>
       </c>
-      <c r="D31" s="13" t="str">
-[...14 lines deleted...]
-      <c r="H31" s="15">
+      <c r="D32" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="E32" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F32" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G32" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H32" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I32" s="15">
         <v>5.2395833333333336E-2</v>
       </c>
-      <c r="I31" s="12">
+      <c r="J32" s="12">
         <v>5</v>
       </c>
-      <c r="J31" s="12">
+      <c r="K32" s="12">
         <v>5</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A32" s="12">
+      <c r="L32" s="16"/>
+    </row>
+    <row r="33" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A33" s="12">
         <v>48</v>
       </c>
-      <c r="B32" s="13" t="str">
-[...4 lines deleted...]
-        <f>IF($A32="","",IF(ISNA(VLOOKUP($A32,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A32,[1]Регистрация!$A:$G,3,FALSE))))</f>
+      <c r="B33" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="C33" s="12">
         <v>1984</v>
       </c>
-      <c r="D32" s="13" t="str">
-[...14 lines deleted...]
-      <c r="H32" s="15">
+      <c r="D33" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="E33" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F33" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G33" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H33" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I33" s="15">
         <v>5.4004629629629632E-2</v>
       </c>
-      <c r="I32" s="12">
+      <c r="J33" s="12">
         <v>6</v>
       </c>
-      <c r="J32" s="12">
+      <c r="K33" s="12">
         <v>6</v>
       </c>
-      <c r="K32" s="16"/>
-[...2 lines deleted...]
-      <c r="A33" s="12">
+    </row>
+    <row r="34" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A34" s="12">
         <v>53</v>
       </c>
-      <c r="B33" s="13" t="str">
-[...4 lines deleted...]
-        <f>IF($A33="","",IF(ISNA(VLOOKUP($A33,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A33,[1]Регистрация!$A:$G,3,FALSE))))</f>
+      <c r="B34" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="C34" s="12">
         <v>1990</v>
       </c>
-      <c r="D33" s="13" t="str">
-[...14 lines deleted...]
-      <c r="H33" s="15">
+      <c r="D34" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="E34" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F34" s="12" t="s">
+        <v>93</v>
+      </c>
+      <c r="G34" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H34" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I34" s="15">
         <v>5.4050925925925926E-2</v>
-      </c>
-[...38 lines deleted...]
-        <v>7</v>
       </c>
       <c r="J34" s="12">
         <v>1</v>
       </c>
-    </row>
-    <row r="35" spans="1:11" ht="24.95" customHeight="1">
+      <c r="K34" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" ht="24.95" customHeight="1">
       <c r="A35" s="12">
+        <v>14</v>
+      </c>
+      <c r="B35" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="C35" s="12">
+        <v>1994</v>
+      </c>
+      <c r="D35" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="E35" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F35" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G35" s="25" t="s">
+        <v>91</v>
+      </c>
+      <c r="H35" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I35" s="15">
+        <v>5.4236111111111117E-2</v>
+      </c>
+      <c r="J35" s="12">
+        <v>7</v>
+      </c>
+      <c r="K35" s="12">
         <v>1</v>
       </c>
-      <c r="B35" s="13" t="str">
-[...4 lines deleted...]
-        <f>IF($A35="","",IF(ISNA(VLOOKUP($A35,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A35,[1]Регистрация!$A:$G,3,FALSE))))</f>
+      <c r="L35" s="16"/>
+    </row>
+    <row r="36" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A36" s="12">
+        <v>1</v>
+      </c>
+      <c r="B36" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="C36" s="12">
         <v>1973</v>
       </c>
-      <c r="D35" s="13" t="str">
-[...11 lines deleted...]
-      <c r="G35" s="12" t="s">
+      <c r="D36" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="E36" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F36" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G36" s="25" t="s">
+        <v>95</v>
+      </c>
+      <c r="H36" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I36" s="15">
+        <v>5.4780092592592589E-2</v>
+      </c>
+      <c r="J36" s="12">
         <v>8</v>
       </c>
-      <c r="H35" s="15">
-[...2 lines deleted...]
-      <c r="I35" s="12">
+      <c r="K36" s="12">
+        <v>1</v>
+      </c>
+      <c r="L36" s="16"/>
+    </row>
+    <row r="37" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A37" s="12">
+        <v>40</v>
+      </c>
+      <c r="B37" s="13" t="s">
+        <v>51</v>
+      </c>
+      <c r="C37" s="12">
+        <v>1981</v>
+      </c>
+      <c r="D37" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="E37" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F37" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G37" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H37" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I37" s="15">
+        <v>5.5254629629629626E-2</v>
+      </c>
+      <c r="J37" s="12">
+        <v>9</v>
+      </c>
+      <c r="K37" s="12">
+        <v>7</v>
+      </c>
+      <c r="L37" s="16"/>
+    </row>
+    <row r="38" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A38" s="12">
+        <v>38</v>
+      </c>
+      <c r="B38" s="13" t="s">
+        <v>53</v>
+      </c>
+      <c r="C38" s="12">
+        <v>1986</v>
+      </c>
+      <c r="D38" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="E38" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F38" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G38" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H38" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I38" s="15">
+        <v>5.543981481481481E-2</v>
+      </c>
+      <c r="J38" s="12">
+        <v>10</v>
+      </c>
+      <c r="K38" s="12">
         <v>8</v>
       </c>
-      <c r="J35" s="12">
-[...13 lines deleted...]
-        <f>IF($A36="","",IF(ISNA(VLOOKUP($A36,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A36,[1]Регистрация!$A:$G,3,FALSE))))</f>
+    </row>
+    <row r="39" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A39" s="12">
+        <v>44</v>
+      </c>
+      <c r="B39" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="C39" s="12">
+        <v>1992</v>
+      </c>
+      <c r="D39" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="E39" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F39" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G39" s="25" t="s">
+        <v>91</v>
+      </c>
+      <c r="H39" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I39" s="15">
+        <v>5.7002314814814818E-2</v>
+      </c>
+      <c r="J39" s="12">
+        <v>11</v>
+      </c>
+      <c r="K39" s="12">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A40" s="12">
+        <v>36</v>
+      </c>
+      <c r="B40" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="C40" s="12">
+        <v>1992</v>
+      </c>
+      <c r="D40" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E40" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F40" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G40" s="25" t="s">
+        <v>91</v>
+      </c>
+      <c r="H40" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I40" s="15">
+        <v>5.7222222222222223E-2</v>
+      </c>
+      <c r="J40" s="12">
+        <v>12</v>
+      </c>
+      <c r="K40" s="12">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A41" s="12">
+        <v>5</v>
+      </c>
+      <c r="B41" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="C41" s="12">
+        <v>1984</v>
+      </c>
+      <c r="D41" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="E41" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F41" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G41" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H41" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I41" s="15">
+        <v>5.7361111111111113E-2</v>
+      </c>
+      <c r="J41" s="12">
+        <v>13</v>
+      </c>
+      <c r="K41" s="12">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A42" s="12">
+        <v>63</v>
+      </c>
+      <c r="B42" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="C42" s="12">
+        <v>1975</v>
+      </c>
+      <c r="D42" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="E42" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F42" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G42" s="25" t="s">
+        <v>95</v>
+      </c>
+      <c r="H42" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I42" s="15">
+        <v>5.8229166666666665E-2</v>
+      </c>
+      <c r="J42" s="12">
+        <v>14</v>
+      </c>
+      <c r="K42" s="12">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A43" s="12">
+        <v>17</v>
+      </c>
+      <c r="B43" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="C43" s="12">
+        <v>1986</v>
+      </c>
+      <c r="D43" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="E43" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F43" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="G43" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H43" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I43" s="15">
+        <v>5.8634259259259254E-2</v>
+      </c>
+      <c r="J43" s="12">
+        <v>11</v>
+      </c>
+      <c r="K43" s="12">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A44" s="12">
+        <v>11</v>
+      </c>
+      <c r="B44" s="13" t="s">
+        <v>61</v>
+      </c>
+      <c r="C44" s="12">
+        <v>1986</v>
+      </c>
+      <c r="D44" s="13" t="s">
+        <v>62</v>
+      </c>
+      <c r="E44" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F44" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G44" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H44" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I44" s="15">
+        <v>5.8946759259259261E-2</v>
+      </c>
+      <c r="J44" s="12">
+        <v>15</v>
+      </c>
+      <c r="K44" s="12">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A45" s="12">
+        <v>47</v>
+      </c>
+      <c r="B45" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="C45" s="12">
+        <v>1982</v>
+      </c>
+      <c r="D45" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="E45" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F45" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G45" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H45" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I45" s="15">
+        <v>5.9085648148148151E-2</v>
+      </c>
+      <c r="J45" s="12">
+        <v>16</v>
+      </c>
+      <c r="K45" s="12">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A46" s="12">
+        <v>18</v>
+      </c>
+      <c r="B46" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="C46" s="12">
+        <v>1985</v>
+      </c>
+      <c r="D46" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="E46" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F46" s="12" t="s">
+        <v>93</v>
+      </c>
+      <c r="G46" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H46" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I46" s="15">
+        <v>5.9293981481481482E-2</v>
+      </c>
+      <c r="J46" s="12">
+        <v>2</v>
+      </c>
+      <c r="K46" s="12">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A47" s="12">
+        <v>22</v>
+      </c>
+      <c r="B47" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="C47" s="12">
+        <v>1994</v>
+      </c>
+      <c r="D47" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="E47" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F47" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G47" s="25" t="s">
+        <v>91</v>
+      </c>
+      <c r="H47" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I47" s="15">
+        <v>5.9583333333333328E-2</v>
+      </c>
+      <c r="J47" s="12">
+        <v>17</v>
+      </c>
+      <c r="K47" s="12">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A48" s="12">
+        <v>58</v>
+      </c>
+      <c r="B48" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="C48" s="12">
+        <v>1985</v>
+      </c>
+      <c r="D48" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="E48" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F48" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G48" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H48" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I48" s="15">
+        <v>5.9583333333333328E-2</v>
+      </c>
+      <c r="J48" s="12">
+        <v>18</v>
+      </c>
+      <c r="K48" s="12">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A49" s="12">
+        <v>15</v>
+      </c>
+      <c r="B49" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="C49" s="12">
         <v>1981</v>
       </c>
-      <c r="D36" s="13" t="str">
-[...11 lines deleted...]
-      <c r="G36" s="12" t="s">
+      <c r="D49" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="E49" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F49" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G49" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H49" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I49" s="15">
+        <v>6.0590277777777778E-2</v>
+      </c>
+      <c r="J49" s="12">
+        <v>19</v>
+      </c>
+      <c r="K49" s="12">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A50" s="12">
+        <v>50</v>
+      </c>
+      <c r="B50" s="13" t="s">
+        <v>68</v>
+      </c>
+      <c r="C50" s="12">
+        <v>1987</v>
+      </c>
+      <c r="D50" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="E50" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F50" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G50" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H50" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I50" s="15">
+        <v>6.2604166666666669E-2</v>
+      </c>
+      <c r="J50" s="12">
+        <v>20</v>
+      </c>
+      <c r="K50" s="12">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A51" s="12">
+        <v>25</v>
+      </c>
+      <c r="B51" s="13" t="s">
+        <v>69</v>
+      </c>
+      <c r="C51" s="12">
+        <v>1986</v>
+      </c>
+      <c r="D51" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="E51" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F51" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G51" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H51" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I51" s="15">
+        <v>6.2708333333333324E-2</v>
+      </c>
+      <c r="J51" s="12">
+        <v>21</v>
+      </c>
+      <c r="K51" s="12">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A52" s="12">
+        <v>2</v>
+      </c>
+      <c r="B52" s="13" t="s">
+        <v>70</v>
+      </c>
+      <c r="C52" s="12">
+        <v>1982</v>
+      </c>
+      <c r="D52" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="E52" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F52" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G52" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H52" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I52" s="15">
+        <v>6.3009259259259265E-2</v>
+      </c>
+      <c r="J52" s="12">
+        <v>22</v>
+      </c>
+      <c r="K52" s="12">
+        <v>16</v>
+      </c>
+      <c r="L52" s="16"/>
+    </row>
+    <row r="53" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A53" s="12">
+        <v>37</v>
+      </c>
+      <c r="B53" s="13" t="s">
+        <v>71</v>
+      </c>
+      <c r="C53" s="12">
+        <v>1972</v>
+      </c>
+      <c r="D53" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="E53" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F53" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G53" s="25" t="s">
+        <v>95</v>
+      </c>
+      <c r="H53" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I53" s="15">
+        <v>6.4178240740740744E-2</v>
+      </c>
+      <c r="J53" s="12">
+        <v>23</v>
+      </c>
+      <c r="K53" s="12">
+        <v>3</v>
+      </c>
+      <c r="L53" s="16"/>
+    </row>
+    <row r="54" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A54" s="12">
+        <v>24</v>
+      </c>
+      <c r="B54" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="C54" s="12">
+        <v>1982</v>
+      </c>
+      <c r="D54" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="E54" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F54" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="G54" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H54" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I54" s="15">
+        <v>6.6747685185185188E-2</v>
+      </c>
+      <c r="J54" s="12">
+        <v>12</v>
+      </c>
+      <c r="K54" s="12">
         <v>8</v>
       </c>
-      <c r="H36" s="15">
-[...2 lines deleted...]
-      <c r="I36" s="12">
+    </row>
+    <row r="55" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A55" s="12">
         <v>9</v>
       </c>
-      <c r="J36" s="12">
-[...13 lines deleted...]
-        <f>IF($A37="","",IF(ISNA(VLOOKUP($A37,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A37,[1]Регистрация!$A:$G,3,FALSE))))</f>
+      <c r="B55" s="13" t="s">
+        <v>73</v>
+      </c>
+      <c r="C55" s="12">
         <v>1986</v>
       </c>
-      <c r="D37" s="13" t="str">
-[...17 lines deleted...]
-      <c r="I37" s="12">
+      <c r="D55" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="E55" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F55" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="G55" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H55" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I55" s="15">
+        <v>6.7268518518518519E-2</v>
+      </c>
+      <c r="J55" s="12">
+        <v>13</v>
+      </c>
+      <c r="K55" s="12">
+        <v>9</v>
+      </c>
+      <c r="L55" s="16"/>
+    </row>
+    <row r="56" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A56" s="12">
+        <v>19</v>
+      </c>
+      <c r="B56" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C56" s="12">
+        <v>1987</v>
+      </c>
+      <c r="D56" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="E56" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F56" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="G56" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H56" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I56" s="15">
+        <v>6.7291666666666666E-2</v>
+      </c>
+      <c r="J56" s="12">
+        <v>14</v>
+      </c>
+      <c r="K56" s="12">
         <v>10</v>
       </c>
-      <c r="J37" s="12">
-[...34 lines deleted...]
-      <c r="I38" s="12">
+    </row>
+    <row r="57" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A57" s="12">
+        <v>51</v>
+      </c>
+      <c r="B57" s="13" t="s">
+        <v>75</v>
+      </c>
+      <c r="C57" s="12">
+        <v>1988</v>
+      </c>
+      <c r="D57" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="E57" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F57" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="G57" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H57" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I57" s="15">
+        <v>6.7361111111111108E-2</v>
+      </c>
+      <c r="J57" s="12">
+        <v>15</v>
+      </c>
+      <c r="K57" s="12">
         <v>11</v>
       </c>
-      <c r="J38" s="12">
-[...36 lines deleted...]
-      <c r="J39" s="12">
+    </row>
+    <row r="58" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A58" s="12">
+        <v>41</v>
+      </c>
+      <c r="B58" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="C58" s="12">
+        <v>1982</v>
+      </c>
+      <c r="D58" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="E58" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F58" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G58" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H58" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I58" s="15">
+        <v>6.7384259259259269E-2</v>
+      </c>
+      <c r="J58" s="12">
+        <v>24</v>
+      </c>
+      <c r="K58" s="12">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A59" s="12">
+        <v>57</v>
+      </c>
+      <c r="B59" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="C59" s="12">
+        <v>1971</v>
+      </c>
+      <c r="D59" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="E59" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F59" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G59" s="25" t="s">
+        <v>95</v>
+      </c>
+      <c r="H59" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I59" s="15">
+        <v>6.9050925925925918E-2</v>
+      </c>
+      <c r="J59" s="12">
+        <v>25</v>
+      </c>
+      <c r="K59" s="12">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A60" s="12">
+        <v>33</v>
+      </c>
+      <c r="B60" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="C60" s="12">
+        <v>1983</v>
+      </c>
+      <c r="D60" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="E60" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F60" s="12" t="s">
+        <v>93</v>
+      </c>
+      <c r="G60" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H60" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I60" s="15">
+        <v>7.6203703703703704E-2</v>
+      </c>
+      <c r="J60" s="12">
         <v>3</v>
       </c>
-    </row>
-[...9 lines deleted...]
-        <f>IF($A40="","",IF(ISNA(VLOOKUP($A40,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A40,[1]Регистрация!$A:$G,3,FALSE))))</f>
+      <c r="K60" s="12">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A61" s="12">
+        <v>55</v>
+      </c>
+      <c r="B61" s="13" t="s">
+        <v>79</v>
+      </c>
+      <c r="C61" s="12">
         <v>1984</v>
       </c>
-      <c r="D40" s="13" t="str">
-[...173 lines deleted...]
-      <c r="A45" s="12">
+      <c r="D61" s="13" t="s">
+        <v>80</v>
+      </c>
+      <c r="E61" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F61" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G61" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H61" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="I61" s="15">
+        <v>7.6203703703703704E-2</v>
+      </c>
+      <c r="J61" s="12">
+        <v>26</v>
+      </c>
+      <c r="K61" s="12">
         <v>18</v>
       </c>
-      <c r="B45" s="13" t="str">
-[...627 lines deleted...]
-    <row r="62" spans="1:11" ht="24.95" customHeight="1">
+    </row>
+    <row r="62" spans="1:12" ht="24.95" customHeight="1">
       <c r="A62" s="12">
         <v>7</v>
       </c>
-      <c r="B62" s="13" t="str">
-[...1 lines deleted...]
-        <v>Веретенников Сергей</v>
+      <c r="B62" s="13" t="s">
+        <v>82</v>
       </c>
       <c r="C62" s="12">
-        <f>IF($A62="","",IF(ISNA(VLOOKUP($A62,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A62,[1]Регистрация!$A:$G,3,FALSE))))</f>
         <v>1982</v>
       </c>
-      <c r="D62" s="13" t="str">
-[...15 lines deleted...]
-      <c r="I62" s="12"/>
+      <c r="D62" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="E62" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F62" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G62" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H62" s="12" t="s">
+        <v>100</v>
+      </c>
+      <c r="I62" s="15"/>
       <c r="J62" s="12"/>
-    </row>
-    <row r="63" spans="1:11" ht="24.95" customHeight="1">
+      <c r="K62" s="12"/>
+    </row>
+    <row r="63" spans="1:12" ht="24.95" customHeight="1">
       <c r="A63" s="12">
         <v>12</v>
       </c>
-      <c r="B63" s="13" t="str">
-[...1 lines deleted...]
-        <v>Дубеева Анастасия</v>
+      <c r="B63" s="13" t="s">
+        <v>83</v>
       </c>
       <c r="C63" s="12">
-        <f>IF($A63="","",IF(ISNA(VLOOKUP($A63,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A63,[1]Регистрация!$A:$G,3,FALSE))))</f>
         <v>1990</v>
       </c>
-      <c r="D63" s="13" t="str">
-[...15 lines deleted...]
-      <c r="I63" s="12"/>
+      <c r="D63" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="E63" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F63" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="G63" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H63" s="12" t="s">
+        <v>100</v>
+      </c>
+      <c r="I63" s="15"/>
       <c r="J63" s="12"/>
-    </row>
-    <row r="64" spans="1:11" ht="24.95" customHeight="1">
+      <c r="K63" s="12"/>
+    </row>
+    <row r="64" spans="1:12" ht="24.95" customHeight="1">
       <c r="A64" s="12">
         <v>16</v>
       </c>
-      <c r="B64" s="13" t="str">
-[...1 lines deleted...]
-        <v>Калякина Оксана</v>
+      <c r="B64" s="13" t="s">
+        <v>84</v>
       </c>
       <c r="C64" s="12">
-        <f>IF($A64="","",IF(ISNA(VLOOKUP($A64,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A64,[1]Регистрация!$A:$G,3,FALSE))))</f>
         <v>1984</v>
       </c>
-      <c r="D64" s="13" t="str">
-[...15 lines deleted...]
-      <c r="I64" s="12"/>
+      <c r="D64" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="E64" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F64" s="12" t="s">
+        <v>93</v>
+      </c>
+      <c r="G64" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H64" s="12" t="s">
+        <v>100</v>
+      </c>
+      <c r="I64" s="15"/>
       <c r="J64" s="12"/>
-    </row>
-    <row r="65" spans="1:11" ht="24.95" customHeight="1">
+      <c r="K64" s="12"/>
+    </row>
+    <row r="65" spans="1:12" ht="24.95" customHeight="1">
       <c r="A65" s="12">
         <v>34</v>
       </c>
-      <c r="B65" s="13" t="str">
-[...1 lines deleted...]
-        <v>Прохневская Анна</v>
+      <c r="B65" s="13" t="s">
+        <v>85</v>
       </c>
       <c r="C65" s="12">
-        <f>IF($A65="","",IF(ISNA(VLOOKUP($A65,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A65,[1]Регистрация!$A:$G,3,FALSE))))</f>
         <v>1980</v>
       </c>
-      <c r="D65" s="13" t="str">
-[...15 lines deleted...]
-      <c r="I65" s="12"/>
+      <c r="D65" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="E65" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F65" s="12" t="s">
+        <v>93</v>
+      </c>
+      <c r="G65" s="25" t="s">
+        <v>95</v>
+      </c>
+      <c r="H65" s="12" t="s">
+        <v>100</v>
+      </c>
+      <c r="I65" s="15"/>
       <c r="J65" s="12"/>
-      <c r="K65" s="16"/>
-[...1 lines deleted...]
-    <row r="66" spans="1:11" ht="24.95" customHeight="1">
+      <c r="K65" s="12"/>
+      <c r="L65" s="16"/>
+    </row>
+    <row r="66" spans="1:12" ht="24.95" customHeight="1">
       <c r="A66" s="12">
         <v>54</v>
       </c>
-      <c r="B66" s="13" t="str">
-[...1 lines deleted...]
-        <v>Цыркова Дана</v>
+      <c r="B66" s="13" t="s">
+        <v>86</v>
       </c>
       <c r="C66" s="12">
-        <f>IF($A66="","",IF(ISNA(VLOOKUP($A66,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A66,[1]Регистрация!$A:$G,3,FALSE))))</f>
         <v>1983</v>
       </c>
-      <c r="D66" s="13" t="str">
-[...15 lines deleted...]
-      <c r="I66" s="12"/>
+      <c r="D66" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="E66" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F66" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="G66" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H66" s="12" t="s">
+        <v>100</v>
+      </c>
+      <c r="I66" s="15"/>
       <c r="J66" s="12"/>
-    </row>
-    <row r="67" spans="1:11" ht="24.95" customHeight="1">
+      <c r="K66" s="12"/>
+    </row>
+    <row r="67" spans="1:12" ht="24.95" customHeight="1">
       <c r="A67" s="12">
         <v>56</v>
       </c>
-      <c r="B67" s="13" t="str">
-[...1 lines deleted...]
-        <v>Чернов Николай</v>
+      <c r="B67" s="13" t="s">
+        <v>87</v>
       </c>
       <c r="C67" s="12">
-        <f>IF($A67="","",IF(ISNA(VLOOKUP($A67,[1]Регистрация!$A:$G,3,FALSE)),"",YEAR(VLOOKUP($A67,[1]Регистрация!$A:$G,3,FALSE))))</f>
         <v>1989</v>
       </c>
-      <c r="D67" s="13" t="str">
-[...15 lines deleted...]
-      <c r="I67" s="12"/>
+      <c r="D67" s="13" t="s">
+        <v>80</v>
+      </c>
+      <c r="E67" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F67" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G67" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H67" s="12" t="s">
+        <v>100</v>
+      </c>
+      <c r="I67" s="15"/>
       <c r="J67" s="12"/>
+      <c r="K67" s="12"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" sort="0" autoFilter="0"/>
-  <autoFilter ref="A4:J67">
+  <autoFilter ref="A4:K67">
     <filterColumn colId="4"/>
     <filterColumn colId="5"/>
-    <sortState ref="A5:J500">
-      <sortCondition ref="H4:H500"/>
+    <filterColumn colId="6"/>
+    <sortState ref="A5:K67">
+      <sortCondition ref="I4:I67"/>
     </sortState>
   </autoFilter>
   <mergeCells count="1">
     <mergeCell ref="D1:E1"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="63" orientation="portrait" r:id="rId1"/>
-  <legacyDrawing r:id="rId2"/>
+  <pageSetup paperSize="9" scale="59" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Именованные диапазоны</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>