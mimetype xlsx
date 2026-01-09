--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -1,575 +1,563 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
-  <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="105" windowWidth="15120" windowHeight="8010"/>
   </bookViews>
   <sheets>
-    <sheet name="Протокол" sheetId="6" r:id="rId1"/>
+    <sheet name="Протокол" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Протокол!$A$4:$J$64</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Протокол!$A$1:$J$68</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Протокол!$A$4:$K$64</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Протокол!$A$1:$K$64</definedName>
   </definedNames>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
-<file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
-[...22 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="312" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="373" uniqueCount="98">
+  <si>
+    <t>Протокол соревнований</t>
+  </si>
   <si>
     <t>Номер</t>
   </si>
   <si>
     <t>ФИО</t>
   </si>
   <si>
+    <t>Город</t>
+  </si>
+  <si>
+    <t>Группа</t>
+  </si>
+  <si>
+    <t>Статус</t>
+  </si>
+  <si>
+    <t>Время</t>
+  </si>
+  <si>
+    <t>Абс.</t>
+  </si>
+  <si>
+    <t>Дист.</t>
+  </si>
+  <si>
+    <t>Москва</t>
+  </si>
+  <si>
+    <t>Q</t>
+  </si>
+  <si>
+    <t>Малоярославец</t>
+  </si>
+  <si>
+    <t>Обнинск</t>
+  </si>
+  <si>
+    <t>Наро-Фоминск</t>
+  </si>
+  <si>
+    <t>Иманов Тимур</t>
+  </si>
+  <si>
+    <t>2 км</t>
+  </si>
+  <si>
+    <t>Калуга</t>
+  </si>
+  <si>
+    <t>Баткаева Алима</t>
+  </si>
+  <si>
+    <t>Балабаново</t>
+  </si>
+  <si>
+    <t>Федькина Татьяна</t>
+  </si>
+  <si>
+    <t>Чернов Николай</t>
+  </si>
+  <si>
+    <t>DNS</t>
+  </si>
+  <si>
+    <t>DNF</t>
+  </si>
+  <si>
+    <t>Морозов Владимир</t>
+  </si>
+  <si>
+    <t>Пол</t>
+  </si>
+  <si>
+    <t>ж</t>
+  </si>
+  <si>
+    <t>м</t>
+  </si>
+  <si>
+    <t>Серёгин Александр</t>
+  </si>
+  <si>
+    <t>Наро-фоминск</t>
+  </si>
+  <si>
+    <t>Колядина Алла</t>
+  </si>
+  <si>
     <t>ГР</t>
   </si>
   <si>
-    <t>Город</t>
-[...8 lines deleted...]
-    <t>Малоярославец</t>
+    <t>07-10</t>
+  </si>
+  <si>
+    <t>11-14</t>
+  </si>
+  <si>
+    <t>15-17</t>
+  </si>
+  <si>
+    <t>18-29</t>
+  </si>
+  <si>
+    <t>30-39</t>
+  </si>
+  <si>
+    <t>40-49</t>
+  </si>
+  <si>
+    <t>50-59</t>
+  </si>
+  <si>
+    <t>60-69</t>
+  </si>
+  <si>
+    <t>Свимран</t>
+  </si>
+  <si>
+    <t>Волков Павел</t>
+  </si>
+  <si>
+    <t>Волков Сергей</t>
+  </si>
+  <si>
+    <t>Шалькевич Никита</t>
+  </si>
+  <si>
+    <t>Волков Данила</t>
   </si>
   <si>
     <t>Мудрецкий Николай</t>
   </si>
   <si>
-    <t>Баткаева Алима</t>
+    <t>Однорал Мария</t>
+  </si>
+  <si>
+    <t>Кратков Никита</t>
+  </si>
+  <si>
+    <t>Подвысоцкая Анастасия</t>
+  </si>
+  <si>
+    <t>Агеев Илья</t>
+  </si>
+  <si>
+    <t>Шевцов Мирослав</t>
+  </si>
+  <si>
+    <t>Соломонова Василина</t>
+  </si>
+  <si>
+    <t>Кешишева Анжелина</t>
+  </si>
+  <si>
+    <t>Забава Анна</t>
+  </si>
+  <si>
+    <t>Новопашин Артём</t>
+  </si>
+  <si>
+    <t>Владимиров Артeм</t>
+  </si>
+  <si>
+    <t>Соломонова Ульяна</t>
+  </si>
+  <si>
+    <t>Крымовская Дарья</t>
+  </si>
+  <si>
+    <t>Воробьева Анастасия</t>
+  </si>
+  <si>
+    <t>Степанова Вера</t>
+  </si>
+  <si>
+    <t>Чернышева Татьяна</t>
+  </si>
+  <si>
+    <t>Королев</t>
+  </si>
+  <si>
+    <t>6 км</t>
+  </si>
+  <si>
+    <t>Роот Елена</t>
+  </si>
+  <si>
+    <t>Домодедово</t>
+  </si>
+  <si>
+    <t>Мудрецкий Игорь</t>
+  </si>
+  <si>
+    <t>8 км</t>
+  </si>
+  <si>
+    <t>Абрамов Дмитрий</t>
+  </si>
+  <si>
+    <t>Артанин Николай</t>
+  </si>
+  <si>
+    <t>Думкин Алексей</t>
+  </si>
+  <si>
+    <t>Ватутинки</t>
+  </si>
+  <si>
+    <t>Махова Екатерина</t>
+  </si>
+  <si>
+    <t>Валов Павел</t>
+  </si>
+  <si>
+    <t>Демиденко Лариса</t>
+  </si>
+  <si>
+    <t>Хакимова Настя</t>
+  </si>
+  <si>
+    <t>Семенова Александра</t>
+  </si>
+  <si>
+    <t>Голосова Софья</t>
+  </si>
+  <si>
+    <t>Купцова Екатерина</t>
   </si>
   <si>
     <t>Подвысоцкий Роман</t>
   </si>
   <si>
-    <t>Мудрецкий Игорь</t>
-[...8 lines deleted...]
-    <t>Подвысоцкая Анастасия</t>
+    <t>Никифоров Иван</t>
+  </si>
+  <si>
+    <t>Левнер Карина</t>
+  </si>
+  <si>
+    <t>Крымовский Роман</t>
+  </si>
+  <si>
+    <t>Карпов Дмитрий</t>
+  </si>
+  <si>
+    <t>Воробьев Дмитрий</t>
   </si>
   <si>
     <t>Агеев Кирилл</t>
   </si>
   <si>
-    <t>Протокол соревнований</t>
-[...196 lines deleted...]
-  <si>
     <t>Астапов Алексей</t>
   </si>
   <si>
     <t>Астапова Виктория</t>
   </si>
   <si>
     <t>Десятчикова Екатерина</t>
   </si>
   <si>
     <t>Еприкян Екатерина</t>
   </si>
   <si>
     <t>Иняхина Мария</t>
   </si>
   <si>
     <t>Кузина Елена</t>
   </si>
   <si>
     <t>Мартюшева Екатерина</t>
   </si>
   <si>
     <t>Сабирова Татьяна</t>
   </si>
   <si>
     <t>Сафонов Артем</t>
   </si>
   <si>
-    <t>Калуга</t>
-[...1 lines deleted...]
-  <si>
     <t>Акимова Дарья</t>
   </si>
   <si>
     <t>Пруненко Марина</t>
   </si>
   <si>
     <t>Степанова Надежда</t>
   </si>
   <si>
     <t>Таймур Даня</t>
   </si>
   <si>
     <t>Федулов Савелий</t>
-  </si>
-[...10 lines deleted...]
-    <t>Дистанция</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
-    <numFmt numFmtId="164" formatCode="h:mm:ss;@"/>
-    <numFmt numFmtId="165" formatCode="dd/mm/yy;@"/>
+    <numFmt numFmtId="164" formatCode="dd/mm/yy;@"/>
+    <numFmt numFmtId="165" formatCode="h:mm:ss;@"/>
   </numFmts>
-  <fonts count="7">
+  <fonts count="6">
     <font>
       <sz val="11"/>
-      <color theme="1"/>
-[...11 lines deleted...]
-      <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="13"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <b/>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...5 lines deleted...]
-    </font>
   </fonts>
-  <fills count="4">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="26">
+  <cellXfs count="30">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="21" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center"/>
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="21" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...28 lines deleted...]
-    <xf numFmtId="22" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1"/>
   </cellXfs>
-  <cellStyles count="2">
-    <cellStyle name="Normal" xfId="1"/>
+  <cellStyles count="1">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -821,2007 +809,2177 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr codeName="Лист1"/>
-  <dimension ref="A1:K70"/>
+  <dimension ref="A1:L64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="4" ySplit="4" topLeftCell="E5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="J8" sqref="J8"/>
+      <selection pane="bottomRight" activeCell="E9" sqref="E9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="24.95" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="9.42578125" style="5" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="11" max="16384" width="9.140625" style="2"/>
+    <col min="1" max="1" width="9.42578125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="31.28515625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="8.42578125" style="6" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="24.85546875" style="5" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="15.7109375" style="3" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="8.28515625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="10.7109375" style="22" customWidth="1"/>
+    <col min="8" max="8" width="8.28515625" style="1" customWidth="1"/>
+    <col min="9" max="9" width="13.5703125" style="9" bestFit="1" customWidth="1"/>
+    <col min="10" max="11" width="10.28515625" style="1" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="24.95" customHeight="1">
-      <c r="A1" s="1">
+    <row r="1" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A1" s="4">
         <v>44052</v>
       </c>
-      <c r="D1" s="4" t="s">
+      <c r="D1" s="29" t="s">
+        <v>0</v>
+      </c>
+      <c r="E1" s="29"/>
+      <c r="F1" s="16"/>
+      <c r="I1" s="7"/>
+    </row>
+    <row r="2" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A2" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D2" s="8"/>
+      <c r="G2" s="23"/>
+      <c r="H2" s="5"/>
+    </row>
+    <row r="4" spans="1:12" s="15" customFormat="1" ht="24.95" customHeight="1">
+      <c r="A4" s="17" t="s">
+        <v>1</v>
+      </c>
+      <c r="B4" s="17" t="s">
+        <v>2</v>
+      </c>
+      <c r="C4" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" s="17" t="s">
+        <v>3</v>
+      </c>
+      <c r="E4" s="28" t="s">
+        <v>8</v>
+      </c>
+      <c r="F4" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="G4" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="H4" s="20" t="s">
+        <v>5</v>
+      </c>
+      <c r="I4" s="21" t="s">
+        <v>6</v>
+      </c>
+      <c r="J4" s="17" t="s">
+        <v>7</v>
+      </c>
+      <c r="K4" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A5" s="10">
+        <v>11</v>
+      </c>
+      <c r="B5" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" s="10">
+        <v>2007</v>
+      </c>
+      <c r="D5" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="E1" s="4"/>
-[...3 lines deleted...]
-      <c r="A2" s="6" t="s">
+      <c r="F5" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G5" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I5" s="25">
+        <v>6.5393518518518517E-3</v>
+      </c>
+      <c r="J5" s="10">
+        <v>1</v>
+      </c>
+      <c r="K5" s="10">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A6" s="10">
+        <v>12</v>
+      </c>
+      <c r="B6" s="11" t="s">
+        <v>41</v>
+      </c>
+      <c r="C6" s="10">
+        <v>2007</v>
+      </c>
+      <c r="D6" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F6" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G6" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I6" s="25">
+        <v>6.5393518518518517E-3</v>
+      </c>
+      <c r="J6" s="10">
+        <v>1</v>
+      </c>
+      <c r="K6" s="10">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A7" s="10">
+        <v>56</v>
+      </c>
+      <c r="B7" s="11" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" s="10">
+        <v>2006</v>
+      </c>
+      <c r="D7" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F7" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G7" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="H7" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I7" s="25">
+        <v>6.6782407407407415E-3</v>
+      </c>
+      <c r="J7" s="10">
+        <v>3</v>
+      </c>
+      <c r="K7" s="10">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A8" s="10">
+        <v>10</v>
+      </c>
+      <c r="B8" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" s="10">
+        <v>2003</v>
+      </c>
+      <c r="D8" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F8" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G8" s="24" t="s">
+        <v>33</v>
+      </c>
+      <c r="H8" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I8" s="25">
+        <v>6.7129629629629622E-3</v>
+      </c>
+      <c r="J8" s="10">
+        <v>4</v>
+      </c>
+      <c r="K8" s="26">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A9" s="10">
+        <v>35</v>
+      </c>
+      <c r="B9" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="C9" s="10">
+        <v>2009</v>
+      </c>
+      <c r="D9" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="E9" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F9" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G9" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="H9" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I9" s="25">
+        <v>6.7361111111111103E-3</v>
+      </c>
+      <c r="J9" s="10">
+        <v>5</v>
+      </c>
+      <c r="K9" s="26">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A10" s="10">
+        <v>38</v>
+      </c>
+      <c r="B10" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="C10" s="10">
+        <v>2003</v>
+      </c>
+      <c r="D10" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="E10" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F10" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G10" s="24" t="s">
+        <v>33</v>
+      </c>
+      <c r="H10" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I10" s="27">
+        <v>7.083333333333333E-3</v>
+      </c>
+      <c r="J10" s="10">
+        <v>1</v>
+      </c>
+      <c r="K10" s="10">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A11" s="10">
+        <v>25</v>
+      </c>
+      <c r="B11" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="C11" s="10">
+        <v>2007</v>
+      </c>
+      <c r="D11" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G11" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="H11" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I11" s="25">
+        <v>7.1412037037037043E-3</v>
+      </c>
+      <c r="J11" s="10">
+        <v>6</v>
+      </c>
+      <c r="K11" s="10">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A12" s="10">
+        <v>39</v>
+      </c>
+      <c r="B12" s="11" t="s">
+        <v>47</v>
+      </c>
+      <c r="C12" s="10">
+        <v>2009</v>
+      </c>
+      <c r="D12" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F12" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G12" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="H12" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I12" s="25">
+        <v>7.4884259259259262E-3</v>
+      </c>
+      <c r="J12" s="10">
+        <v>2</v>
+      </c>
+      <c r="K12" s="10">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A13" s="10">
+        <v>1</v>
+      </c>
+      <c r="B13" s="11" t="s">
+        <v>48</v>
+      </c>
+      <c r="C13" s="10">
+        <v>2008</v>
+      </c>
+      <c r="D13" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F13" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G13" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="H13" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I13" s="25">
+        <v>7.6388888888888886E-3</v>
+      </c>
+      <c r="J13" s="10">
+        <v>7</v>
+      </c>
+      <c r="K13" s="10">
+        <v>6</v>
+      </c>
+      <c r="L13" s="13"/>
+    </row>
+    <row r="14" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A14" s="10">
+        <v>46</v>
+      </c>
+      <c r="B14" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="C14" s="10">
+        <v>2009</v>
+      </c>
+      <c r="D14" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F14" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G14" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="H14" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I14" s="25">
+        <v>7.69675925925926E-3</v>
+      </c>
+      <c r="J14" s="10">
+        <v>8</v>
+      </c>
+      <c r="K14" s="26">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A15" s="10">
+        <v>57</v>
+      </c>
+      <c r="B15" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="C15" s="10">
+        <v>2011</v>
+      </c>
+      <c r="D15" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F15" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G15" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="H15" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I15" s="25">
+        <v>7.7083333333333335E-3</v>
+      </c>
+      <c r="J15" s="10">
+        <v>9</v>
+      </c>
+      <c r="K15" s="10">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A16" s="10">
+        <v>47</v>
+      </c>
+      <c r="B16" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="C16" s="10">
+        <v>2012</v>
+      </c>
+      <c r="D16" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F16" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G16" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="H16" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I16" s="25">
+        <v>7.719907407407408E-3</v>
+      </c>
+      <c r="J16" s="10">
+        <v>3</v>
+      </c>
+      <c r="K16" s="26">
+        <v>1</v>
+      </c>
+      <c r="L16" s="13"/>
+    </row>
+    <row r="17" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A17" s="10">
+        <v>23</v>
+      </c>
+      <c r="B17" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="C17" s="10">
+        <v>2006</v>
+      </c>
+      <c r="D17" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F17" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G17" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="H17" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I17" s="25">
+        <v>7.743055555555556E-3</v>
+      </c>
+      <c r="J17" s="10">
+        <v>4</v>
+      </c>
+      <c r="K17" s="26">
+        <v>2</v>
+      </c>
+      <c r="L17" s="13"/>
+    </row>
+    <row r="18" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A18" s="10">
+        <v>20</v>
+      </c>
+      <c r="B18" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C18" s="10">
+        <v>2009</v>
+      </c>
+      <c r="D18" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F18" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G18" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="H18" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I18" s="25">
+        <v>7.7777777777777767E-3</v>
+      </c>
+      <c r="J18" s="10">
+        <v>5</v>
+      </c>
+      <c r="K18" s="26">
+        <v>3</v>
+      </c>
+      <c r="L18" s="13"/>
+    </row>
+    <row r="19" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A19" s="10">
+        <v>37</v>
+      </c>
+      <c r="B19" s="11" t="s">
+        <v>53</v>
+      </c>
+      <c r="C19" s="10">
+        <v>2003</v>
+      </c>
+      <c r="D19" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F19" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G19" s="24" t="s">
+        <v>33</v>
+      </c>
+      <c r="H19" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I19" s="25">
+        <v>7.9861111111111122E-3</v>
+      </c>
+      <c r="J19" s="10">
+        <v>10</v>
+      </c>
+      <c r="K19" s="10">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A20" s="10">
+        <v>9</v>
+      </c>
+      <c r="B20" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="C20" s="10">
+        <v>2004</v>
+      </c>
+      <c r="D20" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F20" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G20" s="24" t="s">
+        <v>33</v>
+      </c>
+      <c r="H20" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I20" s="25">
+        <v>8.1249999999999985E-3</v>
+      </c>
+      <c r="J20" s="10">
+        <v>11</v>
+      </c>
+      <c r="K20" s="10">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A21" s="10">
+        <v>7</v>
+      </c>
+      <c r="B21" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="C21" s="10">
+        <v>2010</v>
+      </c>
+      <c r="D21" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F21" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G21" s="24" t="s">
+        <v>34</v>
+      </c>
+      <c r="H21" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I21" s="25">
+        <v>8.3101851851851861E-3</v>
+      </c>
+      <c r="J21" s="10">
+        <v>6</v>
+      </c>
+      <c r="K21" s="10">
+        <v>2</v>
+      </c>
+      <c r="L21" s="13"/>
+    </row>
+    <row r="22" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A22" s="10">
+        <v>48</v>
+      </c>
+      <c r="B22" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C22" s="10">
+        <v>2012</v>
+      </c>
+      <c r="D22" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F22" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G22" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="H22" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I22" s="25">
+        <v>8.3333333333333332E-3</v>
+      </c>
+      <c r="J22" s="10">
+        <v>7</v>
+      </c>
+      <c r="K22" s="26">
+        <v>3</v>
+      </c>
+      <c r="L22" s="13"/>
+    </row>
+    <row r="23" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A23" s="10">
+        <v>26</v>
+      </c>
+      <c r="B23" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="C23" s="10">
+        <v>2011</v>
+      </c>
+      <c r="D23" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F23" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G23" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="H23" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I23" s="25">
+        <v>8.5300925925925926E-3</v>
+      </c>
+      <c r="J23" s="10">
+        <v>8</v>
+      </c>
+      <c r="K23" s="10">
+        <v>4</v>
+      </c>
+      <c r="L23" s="13"/>
+    </row>
+    <row r="24" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A24" s="10">
+        <v>60</v>
+      </c>
+      <c r="B24" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="C24" s="10">
+        <v>2012</v>
+      </c>
+      <c r="D24" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F24" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G24" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="H24" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I24" s="27">
+        <v>8.6226851851851846E-3</v>
+      </c>
+      <c r="J24" s="10">
+        <v>12</v>
+      </c>
+      <c r="K24" s="10">
+        <v>2</v>
+      </c>
+      <c r="L24" s="13"/>
+    </row>
+    <row r="25" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A25" s="10">
+        <v>14</v>
+      </c>
+      <c r="B25" s="11" t="s">
+        <v>57</v>
+      </c>
+      <c r="C25" s="10">
+        <v>2011</v>
+      </c>
+      <c r="D25" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E25" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F25" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G25" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="H25" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I25" s="25">
+        <v>8.9699074074074073E-3</v>
+      </c>
+      <c r="J25" s="10">
+        <v>9</v>
+      </c>
+      <c r="K25" s="26">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A26" s="10">
+        <v>49</v>
+      </c>
+      <c r="B26" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="C26" s="10">
+        <v>2013</v>
+      </c>
+      <c r="D26" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E26" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F26" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G26" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="H26" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I26" s="25">
+        <v>1.3055555555555556E-2</v>
+      </c>
+      <c r="J26" s="10">
+        <v>10</v>
+      </c>
+      <c r="K26" s="10">
+        <v>6</v>
+      </c>
+      <c r="L26" s="13"/>
+    </row>
+    <row r="27" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A27" s="10">
+        <v>55</v>
+      </c>
+      <c r="B27" s="11" t="s">
+        <v>59</v>
+      </c>
+      <c r="C27" s="10">
+        <v>1985</v>
+      </c>
+      <c r="D27" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="E27" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F27" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G27" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H27" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I27" s="25">
+        <v>3.7905092592592594E-2</v>
+      </c>
+      <c r="J27" s="10">
+        <v>1</v>
+      </c>
+      <c r="K27" s="10">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A28" s="10">
+        <v>42</v>
+      </c>
+      <c r="B28" s="11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C28" s="10">
+        <v>1979</v>
+      </c>
+      <c r="D28" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E28" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F28" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G28" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="H28" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I28" s="25">
+        <v>0.04</v>
+      </c>
+      <c r="J28" s="10">
+        <v>2</v>
+      </c>
+      <c r="K28" s="26">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A29" s="10">
+        <v>34</v>
+      </c>
+      <c r="B29" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C29" s="10">
+        <v>1979</v>
+      </c>
+      <c r="D29" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="F29" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G29" s="24" t="s">
+        <v>37</v>
+      </c>
+      <c r="H29" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I29" s="27">
+        <v>4.0393518518518516E-2</v>
+      </c>
+      <c r="J29" s="10">
+        <v>1</v>
+      </c>
+      <c r="K29" s="10">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A30" s="10">
+        <v>58</v>
+      </c>
+      <c r="B30" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="C30" s="10">
+        <v>1978</v>
+      </c>
+      <c r="D30" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="F30" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G30" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="H30" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I30" s="25">
+        <v>4.0648148148148149E-2</v>
+      </c>
+      <c r="J30" s="10">
+        <v>2</v>
+      </c>
+      <c r="K30" s="26">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A31" s="10">
+        <v>24</v>
+      </c>
+      <c r="B31" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="C31" s="10">
+        <v>1985</v>
+      </c>
+      <c r="D31" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F31" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G31" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H31" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I31" s="25">
+        <v>4.0810185185185185E-2</v>
+      </c>
+      <c r="J31" s="10">
+        <v>3</v>
+      </c>
+      <c r="K31" s="26">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A32" s="10">
+        <v>4</v>
+      </c>
+      <c r="B32" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="C32" s="10">
+        <v>1982</v>
+      </c>
+      <c r="D32" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E32" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="F32" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G32" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H32" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I32" s="25">
+        <v>4.2013888888888885E-2</v>
+      </c>
+      <c r="J32" s="10">
+        <v>3</v>
+      </c>
+      <c r="K32" s="10">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A33" s="10">
+        <v>18</v>
+      </c>
+      <c r="B33" s="11" t="s">
+        <v>68</v>
+      </c>
+      <c r="C33" s="10">
+        <v>1975</v>
+      </c>
+      <c r="D33" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="E33" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="F33" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G33" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="H33" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I33" s="25">
+        <v>4.3449074074074077E-2</v>
+      </c>
+      <c r="J33" s="10">
+        <v>4</v>
+      </c>
+      <c r="K33" s="26">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A34" s="10">
+        <v>32</v>
+      </c>
+      <c r="B34" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="C34" s="10">
+        <v>1977</v>
+      </c>
+      <c r="D34" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E34" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F34" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G34" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="H34" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I34" s="27">
+        <v>4.4097222222222225E-2</v>
+      </c>
+      <c r="J34" s="10">
+        <v>4</v>
+      </c>
+      <c r="K34" s="10">
+        <v>2</v>
+      </c>
+      <c r="L34" s="13"/>
+    </row>
+    <row r="35" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A35" s="10">
+        <v>53</v>
+      </c>
+      <c r="B35" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="C35" s="10">
+        <v>1966</v>
+      </c>
+      <c r="D35" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E35" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F35" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G35" s="24" t="s">
+        <v>37</v>
+      </c>
+      <c r="H35" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I35" s="25">
+        <v>4.4328703703703703E-2</v>
+      </c>
+      <c r="J35" s="10">
+        <v>5</v>
+      </c>
+      <c r="K35" s="10">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A36" s="10">
+        <v>8</v>
+      </c>
+      <c r="B36" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C36" s="10">
+        <v>1986</v>
+      </c>
+      <c r="D36" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E36" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="F36" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G36" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H36" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I36" s="25">
+        <v>4.7337962962962964E-2</v>
+      </c>
+      <c r="J36" s="10">
+        <v>5</v>
+      </c>
+      <c r="K36" s="10">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A37" s="10">
         <v>16</v>
       </c>
-      <c r="D2" s="7"/>
-[...9 lines deleted...]
-      <c r="B4" s="10" t="s">
+      <c r="B37" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C37" s="10">
+        <v>1960</v>
+      </c>
+      <c r="D37" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F37" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G37" s="24" t="s">
+        <v>38</v>
+      </c>
+      <c r="H37" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I37" s="25">
+        <v>4.7395833333333331E-2</v>
+      </c>
+      <c r="J37" s="10">
+        <v>6</v>
+      </c>
+      <c r="K37" s="10">
         <v>1</v>
       </c>
-      <c r="C4" s="11" t="s">
+      <c r="L37" s="13"/>
+    </row>
+    <row r="38" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A38" s="10">
+        <v>54</v>
+      </c>
+      <c r="B38" s="11" t="s">
+        <v>73</v>
+      </c>
+      <c r="C38" s="10">
+        <v>1989</v>
+      </c>
+      <c r="D38" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E38" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F38" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G38" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H38" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I38" s="25">
+        <v>4.8298611111111112E-2</v>
+      </c>
+      <c r="J38" s="10">
+        <v>7</v>
+      </c>
+      <c r="K38" s="26">
+        <v>3</v>
+      </c>
+      <c r="L38" s="13"/>
+    </row>
+    <row r="39" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A39" s="10">
+        <v>45</v>
+      </c>
+      <c r="B39" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C39" s="10">
+        <v>1984</v>
+      </c>
+      <c r="D39" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="E39" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F39" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G39" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H39" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I39" s="25">
+        <v>4.8495370370370376E-2</v>
+      </c>
+      <c r="J39" s="10">
+        <v>8</v>
+      </c>
+      <c r="K39" s="26">
+        <v>4</v>
+      </c>
+      <c r="L39" s="13"/>
+    </row>
+    <row r="40" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A40" s="10">
+        <v>15</v>
+      </c>
+      <c r="B40" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C40" s="10">
+        <v>1981</v>
+      </c>
+      <c r="D40" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E40" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F40" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G40" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H40" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I40" s="25">
+        <v>4.9305555555555554E-2</v>
+      </c>
+      <c r="J40" s="10">
+        <v>9</v>
+      </c>
+      <c r="K40" s="10">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A41" s="10">
+        <v>59</v>
+      </c>
+      <c r="B41" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="C41" s="10">
+        <v>1998</v>
+      </c>
+      <c r="D41" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="F41" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G41" s="24" t="s">
+        <v>34</v>
+      </c>
+      <c r="H41" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I41" s="27">
+        <v>5.0289351851851849E-2</v>
+      </c>
+      <c r="J41" s="10">
+        <v>6</v>
+      </c>
+      <c r="K41" s="10">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A42" s="10">
+        <v>29</v>
+      </c>
+      <c r="B42" s="11" t="s">
+        <v>76</v>
+      </c>
+      <c r="C42" s="10">
+        <v>1990</v>
+      </c>
+      <c r="D42" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E42" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F42" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G42" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H42" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I42" s="25">
+        <v>5.1111111111111107E-2</v>
+      </c>
+      <c r="J42" s="10">
+        <v>10</v>
+      </c>
+      <c r="K42" s="10">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A43" s="10">
+        <v>40</v>
+      </c>
+      <c r="B43" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="C43" s="10">
+        <v>1983</v>
+      </c>
+      <c r="D43" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="F43" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G43" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H43" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I43" s="25">
+        <v>5.258101851851852E-2</v>
+      </c>
+      <c r="J43" s="10">
+        <v>7</v>
+      </c>
+      <c r="K43" s="10">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A44" s="10">
+        <v>36</v>
+      </c>
+      <c r="B44" s="11" t="s">
+        <v>78</v>
+      </c>
+      <c r="C44" s="10">
+        <v>1992</v>
+      </c>
+      <c r="D44" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="F44" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G44" s="24" t="s">
+        <v>34</v>
+      </c>
+      <c r="H44" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I44" s="25">
+        <v>5.2719907407407403E-2</v>
+      </c>
+      <c r="J44" s="10">
+        <v>8</v>
+      </c>
+      <c r="K44" s="10">
         <v>2</v>
       </c>
-      <c r="D4" s="10" t="s">
+    </row>
+    <row r="45" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A45" s="10">
+        <v>30</v>
+      </c>
+      <c r="B45" s="11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C45" s="10">
+        <v>1981</v>
+      </c>
+      <c r="D45" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E45" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F45" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G45" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H45" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I45" s="25">
+        <v>5.4652777777777772E-2</v>
+      </c>
+      <c r="J45" s="10">
+        <v>11</v>
+      </c>
+      <c r="K45" s="10">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A46" s="10">
+        <v>27</v>
+      </c>
+      <c r="B46" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C46" s="10">
+        <v>1983</v>
+      </c>
+      <c r="D46" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="F46" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G46" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H46" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I46" s="25">
+        <v>5.6770833333333333E-2</v>
+      </c>
+      <c r="J46" s="10">
+        <v>9</v>
+      </c>
+      <c r="K46" s="10">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A47" s="10">
+        <v>33</v>
+      </c>
+      <c r="B47" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="C47" s="10">
+        <v>1996</v>
+      </c>
+      <c r="D47" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="F47" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G47" s="24" t="s">
+        <v>34</v>
+      </c>
+      <c r="H47" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I47" s="25">
+        <v>5.7175925925925929E-2</v>
+      </c>
+      <c r="J47" s="10">
+        <v>10</v>
+      </c>
+      <c r="K47" s="26">
         <v>3</v>
       </c>
-      <c r="E4" s="12" t="s">
-[...5 lines deleted...]
-      <c r="G4" s="13" t="s">
+    </row>
+    <row r="48" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A48" s="10">
+        <v>22</v>
+      </c>
+      <c r="B48" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C48" s="10">
+        <v>1990</v>
+      </c>
+      <c r="D48" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E48" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="F48" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G48" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H48" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I48" s="25">
+        <v>6.4351851851851841E-2</v>
+      </c>
+      <c r="J48" s="10">
         <v>11</v>
       </c>
-      <c r="H4" s="14" t="s">
+      <c r="K48" s="10">
         <v>5</v>
       </c>
-      <c r="I4" s="10" t="s">
+    </row>
+    <row r="49" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A49" s="10">
+        <v>13</v>
+      </c>
+      <c r="B49" s="11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C49" s="10">
+        <v>1983</v>
+      </c>
+      <c r="D49" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E49" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="F49" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G49" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H49" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="I49" s="27">
+        <v>6.475694444444445E-2</v>
+      </c>
+      <c r="J49" s="10">
+        <v>12</v>
+      </c>
+      <c r="K49" s="10">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A50" s="10">
+        <v>2</v>
+      </c>
+      <c r="B50" s="14" t="s">
+        <v>83</v>
+      </c>
+      <c r="C50" s="10">
+        <v>1977</v>
+      </c>
+      <c r="D50" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="F50" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G50" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="H50" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="I50" s="25"/>
+      <c r="J50" s="10"/>
+      <c r="K50" s="10"/>
+    </row>
+    <row r="51" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A51" s="10">
+        <v>5</v>
+      </c>
+      <c r="B51" s="11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C51" s="10">
+        <v>1971</v>
+      </c>
+      <c r="D51" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E51" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="F51" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G51" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="H51" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="I51" s="25"/>
+      <c r="J51" s="10"/>
+      <c r="K51" s="10"/>
+    </row>
+    <row r="52" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A52" s="10">
+        <v>6</v>
+      </c>
+      <c r="B52" s="11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C52" s="10">
+        <v>1972</v>
+      </c>
+      <c r="D52" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E52" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F52" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G52" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="H52" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="I52" s="25"/>
+      <c r="J52" s="10"/>
+      <c r="K52" s="10"/>
+    </row>
+    <row r="53" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A53" s="10">
         <v>17</v>
       </c>
-      <c r="J4" s="10" t="s">
-[...4 lines deleted...]
-      <c r="A5" s="16">
+      <c r="B53" s="11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C53" s="10">
+        <v>1990</v>
+      </c>
+      <c r="D53" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E53" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F53" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G53" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H53" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="I53" s="25"/>
+      <c r="J53" s="10"/>
+      <c r="K53" s="10"/>
+    </row>
+    <row r="54" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A54" s="10">
+        <v>19</v>
+      </c>
+      <c r="B54" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C54" s="10">
+        <v>1985</v>
+      </c>
+      <c r="D54" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E54" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F54" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G54" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H54" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="I54" s="25"/>
+      <c r="J54" s="10"/>
+      <c r="K54" s="26"/>
+      <c r="L54" s="13"/>
+    </row>
+    <row r="55" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A55" s="10">
+        <v>21</v>
+      </c>
+      <c r="B55" s="11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C55" s="10">
+        <v>1978</v>
+      </c>
+      <c r="D55" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E55" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F55" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G55" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="H55" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="I55" s="25"/>
+      <c r="J55" s="10"/>
+      <c r="K55" s="10"/>
+      <c r="L55" s="13"/>
+    </row>
+    <row r="56" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A56" s="10">
+        <v>28</v>
+      </c>
+      <c r="B56" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C56" s="10">
+        <v>1978</v>
+      </c>
+      <c r="D56" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E56" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F56" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G56" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="H56" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="I56" s="25"/>
+      <c r="J56" s="10"/>
+      <c r="K56" s="10"/>
+    </row>
+    <row r="57" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A57" s="10">
+        <v>31</v>
+      </c>
+      <c r="B57" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C57" s="10">
+        <v>1984</v>
+      </c>
+      <c r="D57" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E57" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F57" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G57" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H57" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="I57" s="25"/>
+      <c r="J57" s="10"/>
+      <c r="K57" s="10"/>
+      <c r="L57" s="13"/>
+    </row>
+    <row r="58" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A58" s="10">
+        <v>43</v>
+      </c>
+      <c r="B58" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C58" s="10">
+        <v>1988</v>
+      </c>
+      <c r="D58" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E58" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F58" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G58" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H58" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="I58" s="25"/>
+      <c r="J58" s="10"/>
+      <c r="K58" s="26"/>
+    </row>
+    <row r="59" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A59" s="10">
+        <v>44</v>
+      </c>
+      <c r="B59" s="11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C59" s="10">
+        <v>1981</v>
+      </c>
+      <c r="D59" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="E59" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="F59" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G59" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H59" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="I59" s="25"/>
+      <c r="J59" s="10"/>
+      <c r="K59" s="26"/>
+    </row>
+    <row r="60" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A60" s="10">
+        <v>3</v>
+      </c>
+      <c r="B60" s="11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C60" s="10">
+        <v>2006</v>
+      </c>
+      <c r="D60" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="B5" s="17" t="s">
+      <c r="E60" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F60" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G60" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="H60" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="I60" s="25"/>
+      <c r="J60" s="10"/>
+      <c r="K60" s="10"/>
+    </row>
+    <row r="61" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A61" s="10">
+        <v>41</v>
+      </c>
+      <c r="B61" s="11" t="s">
+        <v>94</v>
+      </c>
+      <c r="C61" s="10">
+        <v>2008</v>
+      </c>
+      <c r="D61" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F61" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G61" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="H61" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="C5" s="16">
-[...8 lines deleted...]
-      <c r="F5" s="16" t="s">
+      <c r="I61" s="25"/>
+      <c r="J61" s="10"/>
+      <c r="K61" s="10"/>
+    </row>
+    <row r="62" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A62" s="10">
+        <v>50</v>
+      </c>
+      <c r="B62" s="11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C62" s="10">
+        <v>2013</v>
+      </c>
+      <c r="D62" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E62" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F62" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G62" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="H62" s="10" t="s">
         <v>22</v>
       </c>
-      <c r="G5" s="16" t="s">
-[...94 lines deleted...]
-      <c r="F8" s="16" t="s">
+      <c r="I62" s="25"/>
+      <c r="J62" s="10"/>
+      <c r="K62" s="26"/>
+    </row>
+    <row r="63" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A63" s="10">
+        <v>51</v>
+      </c>
+      <c r="B63" s="11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C63" s="10">
+        <v>2005</v>
+      </c>
+      <c r="D63" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E63" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F63" s="10" t="s">
         <v>26</v>
       </c>
-      <c r="G8" s="16" t="s">
-[...82 lines deleted...]
-      <c r="B11" s="17" t="s">
+      <c r="G63" s="24" t="s">
+        <v>33</v>
+      </c>
+      <c r="H63" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="I63" s="25"/>
+      <c r="J63" s="10"/>
+      <c r="K63" s="26"/>
+    </row>
+    <row r="64" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A64" s="10">
+        <v>52</v>
+      </c>
+      <c r="B64" s="11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C64" s="10">
+        <v>2012</v>
+      </c>
+      <c r="D64" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E64" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F64" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G64" s="24" t="s">
         <v>31</v>
       </c>
-      <c r="C11" s="16">
-[...1385 lines deleted...]
-      <c r="A55" s="16">
+      <c r="H64" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="B55" s="17" t="s">
-[...264 lines deleted...]
-      <c r="J70" s="25"/>
+      <c r="I64" s="25"/>
+      <c r="J64" s="10"/>
+      <c r="K64" s="10"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" sort="0" autoFilter="0"/>
-  <autoFilter ref="A4:J64">
+  <autoFilter ref="A4:K64">
+    <filterColumn colId="3"/>
     <filterColumn colId="4"/>
     <filterColumn colId="5"/>
     <filterColumn colId="6"/>
-    <sortState ref="A5:J319">
-      <sortCondition ref="H4:H319"/>
+    <filterColumn colId="7"/>
+    <sortState ref="A5:K64">
+      <sortCondition ref="I4:I64"/>
     </sortState>
   </autoFilter>
-  <mergeCells count="2">
+  <mergeCells count="1">
     <mergeCell ref="D1:E1"/>
-    <mergeCell ref="H68:I68"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="72" orientation="portrait" r:id="rId1"/>
-  <legacyDrawing r:id="rId2"/>
+  <pageSetup paperSize="9" scale="63" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Именованные диапазоны</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>