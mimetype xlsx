--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -1,1845 +1,948 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
-  <workbookPr defaultThemeVersion="124226"/>
+  <workbookPr filterPrivacy="1" codeName="ЭтаКнига" defaultThemeVersion="124226"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="15600" windowHeight="8190" tabRatio="500" activeTab="2"/>
+    <workbookView xWindow="120" yWindow="135" windowWidth="15120" windowHeight="7755"/>
   </bookViews>
   <sheets>
-    <sheet name="вело" sheetId="1" r:id="rId1"/>
-[...3 lines deleted...]
-    <sheet name="10" sheetId="5" r:id="rId5"/>
+    <sheet name="Протокол" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">'10'!$A$3:$M$41</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">триатлон!$A$3:$P$3</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Протокол!$A$5:$K$105</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Протокол!$A$1:$K$105</definedName>
   </definedNames>
   <calcPr calcId="124519"/>
-  <extLst>
-[...3 lines deleted...]
-  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1017" uniqueCount="545">
-[...52 lines deleted...]
-    <t>male</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="708" uniqueCount="232">
+  <si>
+    <t>Город</t>
+  </si>
+  <si>
+    <t>Малоярославец</t>
+  </si>
+  <si>
+    <t>Калуга</t>
+  </si>
+  <si>
+    <t>Москва</t>
+  </si>
+  <si>
+    <t>Подшибякина Мария</t>
+  </si>
+  <si>
+    <t>Обнинск</t>
+  </si>
+  <si>
+    <t>Группа</t>
+  </si>
+  <si>
+    <t>ФИО</t>
+  </si>
+  <si>
+    <t>ГР</t>
+  </si>
+  <si>
+    <t>Номер</t>
+  </si>
+  <si>
+    <t>Время</t>
+  </si>
+  <si>
+    <t>Бобылев Георгий</t>
+  </si>
+  <si>
+    <t>Ильюхин Андрей</t>
+  </si>
+  <si>
+    <t>Борисов Вячеслав</t>
+  </si>
+  <si>
+    <t>Панское</t>
+  </si>
+  <si>
+    <t>Дист.</t>
+  </si>
+  <si>
+    <t>Серпухов</t>
+  </si>
+  <si>
+    <t>Протокол соревнований</t>
+  </si>
+  <si>
+    <t>DNS</t>
+  </si>
+  <si>
+    <t>DNF</t>
+  </si>
+  <si>
+    <t>Боссерт Игорь</t>
+  </si>
+  <si>
+    <t>Жуков</t>
+  </si>
+  <si>
+    <t>Абс</t>
+  </si>
+  <si>
+    <t>Пол</t>
+  </si>
+  <si>
+    <t>Статус</t>
   </si>
   <si>
     <t>Q</t>
   </si>
   <si>
-    <t>00:40:56.00</t>
-[...1574 lines deleted...]
-    <t>00:59:31.67</t>
+    <t>м</t>
+  </si>
+  <si>
+    <t>ж</t>
+  </si>
+  <si>
+    <t>18-29</t>
+  </si>
+  <si>
+    <t>30-39</t>
+  </si>
+  <si>
+    <t>40-49</t>
+  </si>
+  <si>
+    <t>50-59</t>
+  </si>
+  <si>
+    <t>21 км</t>
+  </si>
+  <si>
+    <t>Непокрытых Сергей</t>
+  </si>
+  <si>
+    <t>Половинкин Дмитрий</t>
+  </si>
+  <si>
+    <t>10 км</t>
+  </si>
+  <si>
+    <t>Троицк</t>
+  </si>
+  <si>
+    <t>Пранцкевич Анатолий</t>
+  </si>
+  <si>
+    <t>Тер-Погосян Рудольф</t>
+  </si>
+  <si>
+    <t>Андреев Александр</t>
+  </si>
+  <si>
+    <t>5 км</t>
+  </si>
+  <si>
+    <t>Минин Алексей</t>
+  </si>
+  <si>
+    <t>Субботина Светлана</t>
+  </si>
+  <si>
+    <t>Руменко Владимир</t>
+  </si>
+  <si>
+    <t>Иванов Эдуард</t>
+  </si>
+  <si>
+    <t>Инкин Виктор</t>
+  </si>
+  <si>
+    <t>Брянск</t>
+  </si>
+  <si>
+    <t>Чернышев Виктор</t>
+  </si>
+  <si>
+    <t>Крепков Иван</t>
+  </si>
+  <si>
+    <t>Паршиков Игорь</t>
+  </si>
+  <si>
+    <t>Морозов Дмитрий</t>
+  </si>
+  <si>
+    <t>Подшибякин Александр</t>
+  </si>
+  <si>
+    <t>Синюков Игорь</t>
+  </si>
+  <si>
+    <t>Ветохин Михаил</t>
+  </si>
+  <si>
+    <t>Ельня</t>
+  </si>
+  <si>
+    <t>Хромылев Виктор</t>
+  </si>
+  <si>
+    <t>Гущина Жанна</t>
+  </si>
+  <si>
+    <t>Михайлов Сергей</t>
+  </si>
+  <si>
+    <t>Краснознаменск</t>
+  </si>
+  <si>
+    <t>Скульская Любовь</t>
+  </si>
+  <si>
+    <t>Четверикова Мария</t>
+  </si>
+  <si>
+    <t>Долдо Константин</t>
+  </si>
+  <si>
+    <t>Сергеечев Олег</t>
+  </si>
+  <si>
+    <t>Тарасов Андрей</t>
+  </si>
+  <si>
+    <t>Мемориал Василия Петрова</t>
+  </si>
+  <si>
+    <t>Вело</t>
+  </si>
+  <si>
+    <t>Троеборье</t>
+  </si>
+  <si>
+    <t>60-69</t>
+  </si>
+  <si>
+    <t>70-79</t>
+  </si>
+  <si>
+    <t>01:13:13</t>
+  </si>
+  <si>
+    <t>Аринушкин Николай</t>
+  </si>
+  <si>
+    <t>01:24:38</t>
+  </si>
+  <si>
+    <t>01:27:22</t>
+  </si>
+  <si>
+    <t>Купрюхин Павел</t>
+  </si>
+  <si>
+    <t>01:29:24</t>
+  </si>
+  <si>
+    <t>Гречанюк Иван</t>
+  </si>
+  <si>
+    <t>01:30:50</t>
+  </si>
+  <si>
+    <t>01:31:20</t>
+  </si>
+  <si>
+    <t>Остапченко Андрей</t>
+  </si>
+  <si>
+    <t>01:33:50</t>
+  </si>
+  <si>
+    <t>Дударь Светлана</t>
+  </si>
+  <si>
+    <t>01:36:20</t>
+  </si>
+  <si>
+    <t>01:41:25</t>
+  </si>
+  <si>
+    <t>Чебунин Иван</t>
+  </si>
+  <si>
+    <t>01:43:11</t>
+  </si>
+  <si>
+    <t>01:44:20</t>
+  </si>
+  <si>
+    <t>01:44:29</t>
+  </si>
+  <si>
+    <t>01:45:45</t>
+  </si>
+  <si>
+    <t>01:46:38</t>
+  </si>
+  <si>
+    <t>01:46:56</t>
+  </si>
+  <si>
+    <t>Теницкий Алексей</t>
+  </si>
+  <si>
+    <t>01:49:32</t>
+  </si>
+  <si>
+    <t>Панько Алексей</t>
+  </si>
+  <si>
+    <t>01:49:34</t>
+  </si>
+  <si>
+    <t>Король Вячеслав</t>
+  </si>
+  <si>
+    <t>01:50:01</t>
+  </si>
+  <si>
+    <t>Ланцев Глеб</t>
+  </si>
+  <si>
+    <t>01:50:17</t>
+  </si>
+  <si>
+    <t>Миронов Михаил</t>
+  </si>
+  <si>
+    <t>01:51:40</t>
+  </si>
+  <si>
+    <t>Талов Денис</t>
+  </si>
+  <si>
+    <t>01:52:20</t>
+  </si>
+  <si>
+    <t>01:52:54</t>
+  </si>
+  <si>
+    <t>Малхасян Алина</t>
+  </si>
+  <si>
+    <t>01:54:07</t>
+  </si>
+  <si>
+    <t>Васечко Виталий</t>
+  </si>
+  <si>
+    <t>01:58:17</t>
+  </si>
+  <si>
+    <t>02:00:03</t>
+  </si>
+  <si>
+    <t>Вежливцев Артём</t>
+  </si>
+  <si>
+    <t>02:01:30</t>
+  </si>
+  <si>
+    <t>Самедов Александр</t>
+  </si>
+  <si>
+    <t>Калинин Александр</t>
+  </si>
+  <si>
+    <t>02:06:20</t>
+  </si>
+  <si>
+    <t>Билан Ярослав</t>
+  </si>
+  <si>
+    <t>00:54:42</t>
+  </si>
+  <si>
+    <t>Журкин Владимир</t>
+  </si>
+  <si>
+    <t>Булискерия Ангелина</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>00:16:59</t>
+  </si>
+  <si>
+    <t>Данченко Алексей</t>
+  </si>
+  <si>
+    <t>00:17:18</t>
+  </si>
+  <si>
+    <t>Беркутов Дмитрий</t>
+  </si>
+  <si>
+    <t>Грэдинару Иван</t>
+  </si>
+  <si>
+    <t>00:17:21</t>
+  </si>
+  <si>
+    <t>Курбанов Микаил</t>
+  </si>
+  <si>
+    <t>00:17:34</t>
+  </si>
+  <si>
+    <t>Синкин Василий</t>
+  </si>
+  <si>
+    <t>00:26:04</t>
+  </si>
+  <si>
+    <t>Карпенко Алексей</t>
+  </si>
+  <si>
+    <t>00:26:24</t>
+  </si>
+  <si>
+    <t>00:28:08</t>
+  </si>
+  <si>
+    <t>Подвысоцкая Александра</t>
+  </si>
+  <si>
+    <t>00:28:26</t>
+  </si>
+  <si>
+    <t>Медведев Павел</t>
+  </si>
+  <si>
+    <t>00:28:45</t>
+  </si>
+  <si>
+    <t>Дашина Татьяна</t>
+  </si>
+  <si>
+    <t>00:28:55</t>
+  </si>
+  <si>
+    <t>Щигорцова Оксана</t>
+  </si>
+  <si>
+    <t>Басова Олеся</t>
+  </si>
+  <si>
+    <t>00:29:02</t>
+  </si>
+  <si>
+    <t>Сапронов Андрей</t>
+  </si>
+  <si>
+    <t>00:30:19</t>
+  </si>
+  <si>
+    <t>Тазина Ксения</t>
+  </si>
+  <si>
+    <t>00:30:44</t>
+  </si>
+  <si>
+    <t>Мефодьева Регина</t>
+  </si>
+  <si>
+    <t>00:31:22</t>
+  </si>
+  <si>
+    <t>Фатхуллаев Сергей</t>
+  </si>
+  <si>
+    <t>00:31:23</t>
+  </si>
+  <si>
+    <t>Гюлюмсер Лейла</t>
+  </si>
+  <si>
+    <t>00:31:26</t>
+  </si>
+  <si>
+    <t>Карпенко Татьяна</t>
+  </si>
+  <si>
+    <t>00:32:24</t>
+  </si>
+  <si>
+    <t>Мануйлова Алла</t>
+  </si>
+  <si>
+    <t>00:35:37</t>
+  </si>
+  <si>
+    <t>Хомяк Сергей</t>
+  </si>
+  <si>
+    <t>00:34:26</t>
+  </si>
+  <si>
+    <t>Таиров Кирилл</t>
+  </si>
+  <si>
+    <t>00:37:11</t>
+  </si>
+  <si>
+    <t>00:39:21</t>
+  </si>
+  <si>
+    <t>Чернов Андрей</t>
+  </si>
+  <si>
+    <t>00:42:59</t>
+  </si>
+  <si>
+    <t>00:43:09</t>
+  </si>
+  <si>
+    <t>00:43:16</t>
+  </si>
+  <si>
+    <t>Таиров Павел</t>
+  </si>
+  <si>
+    <t>00:43:19</t>
+  </si>
+  <si>
+    <t>Тишкина Елена</t>
+  </si>
+  <si>
+    <t>00:43:27</t>
+  </si>
+  <si>
+    <t>Казаков Егор</t>
+  </si>
+  <si>
+    <t>00:44:27</t>
+  </si>
+  <si>
+    <t>Толпекин Виктор</t>
+  </si>
+  <si>
+    <t>00:44:48</t>
+  </si>
+  <si>
+    <t>00:47:59</t>
+  </si>
+  <si>
+    <t>00:48:31</t>
+  </si>
+  <si>
+    <t>Рогожин Максим</t>
+  </si>
+  <si>
+    <t>00:48:44</t>
+  </si>
+  <si>
+    <t>00:48:59</t>
+  </si>
+  <si>
+    <t>Подлевский Вячеслав</t>
+  </si>
+  <si>
+    <t>00:49:12</t>
+  </si>
+  <si>
+    <t>Бородако Александра</t>
+  </si>
+  <si>
+    <t>00:49:49</t>
+  </si>
+  <si>
+    <t>Рыжов Александр</t>
+  </si>
+  <si>
+    <t>00:51:29</t>
+  </si>
+  <si>
+    <t>00:51:31</t>
+  </si>
+  <si>
+    <t>Ушаков Антон</t>
+  </si>
+  <si>
+    <t>00:52:39</t>
+  </si>
+  <si>
+    <t>Евсин Николай</t>
+  </si>
+  <si>
+    <t>00:52:50</t>
+  </si>
+  <si>
+    <t>Орлова Ульяна</t>
+  </si>
+  <si>
+    <t>Язвицева Анастасия</t>
+  </si>
+  <si>
+    <t>00:54:54</t>
+  </si>
+  <si>
+    <t>Короткова Екатерина</t>
+  </si>
+  <si>
+    <t>00:56:09</t>
+  </si>
+  <si>
+    <t>Мефодьева Кристина</t>
+  </si>
+  <si>
+    <t>00:56:50</t>
+  </si>
+  <si>
+    <t>00:57:29</t>
+  </si>
+  <si>
+    <t>Попова Светлана</t>
+  </si>
+  <si>
+    <t>00:58:31</t>
+  </si>
+  <si>
+    <t>Филиппенков Андрей</t>
+  </si>
+  <si>
+    <t>00:59:18</t>
+  </si>
+  <si>
+    <t>00:59:31</t>
+  </si>
+  <si>
+    <t>01:00:16</t>
+  </si>
+  <si>
+    <t>Какуша Марина</t>
+  </si>
+  <si>
+    <t>01:02:06</t>
+  </si>
+  <si>
+    <t>01:02:10</t>
+  </si>
+  <si>
+    <t>Буркот Михаил</t>
+  </si>
+  <si>
+    <t>01:02:17</t>
+  </si>
+  <si>
+    <t>Кондрашова Елена</t>
+  </si>
+  <si>
+    <t>01:04:26</t>
+  </si>
+  <si>
+    <t>Бодарев Игорь</t>
+  </si>
+  <si>
+    <t>01:07:45</t>
+  </si>
+  <si>
+    <t>01:38:18</t>
+  </si>
+  <si>
+    <t>Рындина Мария</t>
+  </si>
+  <si>
+    <t>Морозов Владимир</t>
+  </si>
+  <si>
+    <t>Подвысоцкий Роман</t>
+  </si>
+  <si>
+    <t>01:35:22</t>
+  </si>
+  <si>
+    <t>00:40:56</t>
+  </si>
+  <si>
+    <t>Кондрашов Кирилл</t>
+  </si>
+  <si>
+    <t>00:40:57</t>
+  </si>
+  <si>
+    <t>Кобец Юрий</t>
+  </si>
+  <si>
+    <t>Добрянский Владимир</t>
+  </si>
+  <si>
+    <t>00:41:02</t>
+  </si>
+  <si>
+    <t>00:43:11</t>
+  </si>
+  <si>
+    <t>00:44:05</t>
+  </si>
+  <si>
+    <t>Коновалов Андрей</t>
+  </si>
+  <si>
+    <t>Апрелевка</t>
+  </si>
+  <si>
+    <t>Кудиново</t>
+  </si>
+  <si>
+    <t>Торжок</t>
+  </si>
+  <si>
+    <t>Сергиев Посад</t>
+  </si>
+  <si>
+    <t>Москва, Троицк</t>
+  </si>
+  <si>
+    <t>Юхнов</t>
+  </si>
+  <si>
+    <t>Одинцово</t>
+  </si>
+  <si>
+    <t>Протвино</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="1">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="h:mm:ss;@"/>
+  </numFmts>
+  <fonts count="5">
     <font>
-      <sz val="12"/>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <charset val="1"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="13"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="13"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF99FFFF"/>
-        <bgColor rgb="FFCCFFFF"/>
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF92D050"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="1">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="23">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="22" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
-  <colors>
-[...66 lines deleted...]
-  </colors>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2081,4548 +1184,3613 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:M11"/>
+  <sheetPr codeName="Лист1"/>
+  <dimension ref="A1:K105"/>
   <sheetViews>
-    <sheetView topLeftCell="E1" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="P5" sqref="P5"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A5" sqref="A5:XFD5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.75"/>
+  <sheetFormatPr defaultRowHeight="19.5" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="8.75"/>
-[...8 lines deleted...]
-    <col min="14" max="1014" width="8.75"/>
+    <col min="1" max="1" width="10.28515625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="25.42578125" style="3" customWidth="1"/>
+    <col min="3" max="3" width="8.42578125" style="2" customWidth="1"/>
+    <col min="4" max="4" width="20.7109375" style="2" customWidth="1"/>
+    <col min="5" max="5" width="12.28515625" style="3" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="8.85546875" style="2" customWidth="1"/>
+    <col min="7" max="7" width="13" style="13" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="8.85546875" style="2" customWidth="1"/>
+    <col min="9" max="9" width="13" style="5" customWidth="1"/>
+    <col min="10" max="11" width="9" style="20" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13">
-      <c r="A1" t="s">
+    <row r="1" spans="1:11" ht="19.5" customHeight="1">
+      <c r="D1" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="I1" s="8"/>
+      <c r="J1" s="17"/>
+    </row>
+    <row r="2" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A2" s="21">
+        <v>42904</v>
+      </c>
+      <c r="B2" s="21"/>
+      <c r="D2" s="7"/>
+      <c r="G2" s="14"/>
+      <c r="H2" s="3"/>
+      <c r="I2" s="3"/>
+    </row>
+    <row r="3" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A3" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G3" s="14"/>
+      <c r="H3" s="1"/>
+      <c r="I3" s="1"/>
+    </row>
+    <row r="5" spans="1:11" s="11" customFormat="1" ht="19.5" customHeight="1">
+      <c r="A5" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="B5" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="C5" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="D5" s="9" t="s">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="1" t="s">
+      <c r="E5" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F5" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="H5" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="I5" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="J5" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="K5" s="18" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A6" s="6">
+        <v>40</v>
+      </c>
+      <c r="B6" s="16" t="s">
+        <v>223</v>
+      </c>
+      <c r="C6" s="6">
+        <v>1962</v>
+      </c>
+      <c r="D6" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="E6" s="16" t="s">
+        <v>65</v>
+      </c>
+      <c r="F6" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G6" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="H6" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="I6" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="J6" s="6"/>
+      <c r="K6" s="6"/>
+    </row>
+    <row r="7" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A7" s="6">
+        <v>43</v>
+      </c>
+      <c r="B7" s="16" t="s">
+        <v>48</v>
+      </c>
+      <c r="C7" s="6">
+        <v>1990</v>
+      </c>
+      <c r="D7" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E7" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F7" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G7" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H7" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="I7" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="J7" s="6"/>
+      <c r="K7" s="6"/>
+    </row>
+    <row r="8" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A8" s="6">
+        <v>55</v>
+      </c>
+      <c r="B8" s="16" t="s">
+        <v>212</v>
+      </c>
+      <c r="C8" s="6">
+        <v>1996</v>
+      </c>
+      <c r="D8" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="E8" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F8" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G8" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H8" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="I8" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="J8" s="6"/>
+      <c r="K8" s="6"/>
+    </row>
+    <row r="9" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A9" s="6">
+        <v>73</v>
+      </c>
+      <c r="B9" s="16" t="s">
+        <v>211</v>
+      </c>
+      <c r="C9" s="6">
+        <v>1976</v>
+      </c>
+      <c r="D9" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E9" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F9" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G9" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="H9" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="I9" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="J9" s="6"/>
+      <c r="K9" s="6"/>
+    </row>
+    <row r="10" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A10" s="6">
+        <v>78</v>
+      </c>
+      <c r="B10" s="16" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" s="6">
+        <v>1988</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="E10" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F10" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G10" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H10" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="I10" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="J10" s="6"/>
+      <c r="K10" s="6"/>
+    </row>
+    <row r="11" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A11" s="6">
+        <v>93</v>
+      </c>
+      <c r="B11" s="16" t="s">
+        <v>154</v>
+      </c>
+      <c r="C11" s="6">
+        <v>1975</v>
+      </c>
+      <c r="D11" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E11" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F11" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G11" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="H11" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="I11" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="J11" s="6"/>
+      <c r="K11" s="6"/>
+    </row>
+    <row r="12" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A12" s="6">
+        <v>97</v>
+      </c>
+      <c r="B12" s="16" t="s">
+        <v>47</v>
+      </c>
+      <c r="C12" s="6">
+        <v>1958</v>
+      </c>
+      <c r="D12" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="E12" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F12" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G12" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="H12" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="I12" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="J12" s="19"/>
+      <c r="K12" s="19"/>
+    </row>
+    <row r="13" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A13" s="6">
+        <v>56</v>
+      </c>
+      <c r="B13" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="C13" s="6">
+        <v>1969</v>
+      </c>
+      <c r="D13" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E13" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F13" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G13" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="H13" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I13" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="J13" s="6">
         <v>1</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="K13" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A14" s="6">
+        <v>4</v>
+      </c>
+      <c r="B14" s="16" t="s">
+        <v>121</v>
+      </c>
+      <c r="C14" s="6">
+        <v>1996</v>
+      </c>
+      <c r="D14" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="E14" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F14" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G14" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H14" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I14" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="J14" s="6">
         <v>2</v>
       </c>
-      <c r="C4" s="1" t="s">
+      <c r="K14" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A15" s="6">
+        <v>20</v>
+      </c>
+      <c r="B15" s="16" t="s">
+        <v>119</v>
+      </c>
+      <c r="C15" s="6">
+        <v>1995</v>
+      </c>
+      <c r="D15" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="E15" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F15" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G15" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H15" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I15" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="J15" s="6">
         <v>3</v>
       </c>
-      <c r="D4" s="1" t="s">
+      <c r="K15" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A16" s="6">
+        <v>17</v>
+      </c>
+      <c r="B16" s="16" t="s">
+        <v>122</v>
+      </c>
+      <c r="C16" s="6">
+        <v>1994</v>
+      </c>
+      <c r="D16" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="E16" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F16" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G16" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H16" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I16" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="J16" s="6">
         <v>4</v>
       </c>
-      <c r="E4" s="1" t="s">
+      <c r="K16" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A17" s="6">
+        <v>45</v>
+      </c>
+      <c r="B17" s="16" t="s">
+        <v>124</v>
+      </c>
+      <c r="C17" s="6">
+        <v>1994</v>
+      </c>
+      <c r="D17" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="F4" s="1" t="s">
+      <c r="E17" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F17" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G17" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H17" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I17" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="J17" s="6">
+        <v>5</v>
+      </c>
+      <c r="K17" s="6">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A18" s="6">
+        <v>77</v>
+      </c>
+      <c r="B18" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="C18" s="6">
+        <v>1972</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E18" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F18" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G18" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="H18" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I18" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="J18" s="6">
         <v>6</v>
       </c>
-      <c r="G4" s="1" t="s">
+      <c r="K18" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A19" s="6">
+        <v>34</v>
+      </c>
+      <c r="B19" s="16" t="s">
+        <v>128</v>
+      </c>
+      <c r="C19" s="6">
+        <v>1975</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="E19" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F19" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G19" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="H19" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I19" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="J19" s="6">
         <v>7</v>
       </c>
-      <c r="H4" s="1" t="s">
+      <c r="K19" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A20" s="6">
+        <v>85</v>
+      </c>
+      <c r="B20" s="16" t="s">
+        <v>63</v>
+      </c>
+      <c r="C20" s="6">
+        <v>1976</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E20" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F20" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G20" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="H20" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I20" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="J20" s="6">
         <v>8</v>
       </c>
-      <c r="I4" s="1" t="s">
+      <c r="K20" s="6">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A21" s="6">
+        <v>62</v>
+      </c>
+      <c r="B21" s="16" t="s">
+        <v>131</v>
+      </c>
+      <c r="C21" s="6">
+        <v>1983</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="E21" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F21" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G21" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H21" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I21" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="J21" s="6">
+        <v>1</v>
+      </c>
+      <c r="K21" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A22" s="6">
+        <v>49</v>
+      </c>
+      <c r="B22" s="16" t="s">
+        <v>133</v>
+      </c>
+      <c r="C22" s="6">
+        <v>1981</v>
+      </c>
+      <c r="D22" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="E22" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F22" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G22" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H22" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I22" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="J22" s="6">
         <v>9</v>
       </c>
-      <c r="J4" s="1" t="s">
+      <c r="K22" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A23" s="6">
+        <v>21</v>
+      </c>
+      <c r="B23" s="16" t="s">
+        <v>135</v>
+      </c>
+      <c r="C23" s="6">
+        <v>1986</v>
+      </c>
+      <c r="D23" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="E23" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F23" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G23" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H23" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I23" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="J23" s="6">
+        <v>2</v>
+      </c>
+      <c r="K23" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A24" s="6">
+        <v>99</v>
+      </c>
+      <c r="B24" s="16" t="s">
+        <v>137</v>
+      </c>
+      <c r="C24" s="6">
+        <v>1996</v>
+      </c>
+      <c r="D24" s="6"/>
+      <c r="E24" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F24" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G24" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H24" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I24" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="J24" s="6">
+        <v>3</v>
+      </c>
+      <c r="K24" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A25" s="6">
+        <v>3</v>
+      </c>
+      <c r="B25" s="16" t="s">
+        <v>138</v>
+      </c>
+      <c r="C25" s="6">
+        <v>1986</v>
+      </c>
+      <c r="D25" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="E25" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F25" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G25" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H25" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I25" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="J25" s="6">
+        <v>4</v>
+      </c>
+      <c r="K25" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A26" s="6">
+        <v>75</v>
+      </c>
+      <c r="B26" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="C26" s="6">
+        <v>1991</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E26" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F26" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G26" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H26" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I26" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="J26" s="6">
         <v>10</v>
       </c>
-      <c r="K4" s="1" t="s">
+      <c r="K26" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A27" s="6">
+        <v>81</v>
+      </c>
+      <c r="B27" s="16" t="s">
+        <v>142</v>
+      </c>
+      <c r="C27" s="6">
+        <v>1991</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E27" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F27" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G27" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H27" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I27" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="J27" s="6">
+        <v>5</v>
+      </c>
+      <c r="K27" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A28" s="6">
+        <v>51</v>
+      </c>
+      <c r="B28" s="16" t="s">
+        <v>144</v>
+      </c>
+      <c r="C28" s="6">
+        <v>1990</v>
+      </c>
+      <c r="D28" s="6"/>
+      <c r="E28" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F28" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G28" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H28" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I28" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="J28" s="6">
+        <v>6</v>
+      </c>
+      <c r="K28" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A29" s="6">
+        <v>91</v>
+      </c>
+      <c r="B29" s="16" t="s">
+        <v>146</v>
+      </c>
+      <c r="C29" s="6">
+        <v>1994</v>
+      </c>
+      <c r="D29" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E29" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F29" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G29" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H29" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I29" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="J29" s="6">
         <v>11</v>
       </c>
-      <c r="L4" s="1" t="s">
+      <c r="K29" s="6">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A30" s="6">
+        <v>19</v>
+      </c>
+      <c r="B30" s="16" t="s">
+        <v>148</v>
+      </c>
+      <c r="C30" s="6">
+        <v>1996</v>
+      </c>
+      <c r="D30" s="6" t="s">
+        <v>225</v>
+      </c>
+      <c r="E30" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F30" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G30" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H30" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I30" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="J30" s="6">
+        <v>7</v>
+      </c>
+      <c r="K30" s="6">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A31" s="6">
+        <v>35</v>
+      </c>
+      <c r="B31" s="16" t="s">
+        <v>150</v>
+      </c>
+      <c r="C31" s="6">
+        <v>1974</v>
+      </c>
+      <c r="D31" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="E31" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F31" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G31" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="H31" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I31" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="J31" s="6">
+        <v>8</v>
+      </c>
+      <c r="K31" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A32" s="6">
+        <v>1</v>
+      </c>
+      <c r="B32" s="16" t="s">
+        <v>39</v>
+      </c>
+      <c r="C32" s="6">
+        <v>1992</v>
+      </c>
+      <c r="D32" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E32" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F32" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G32" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H32" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I32" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="J32" s="6">
+        <v>1</v>
+      </c>
+      <c r="K32" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A33" s="6">
+        <v>48</v>
+      </c>
+      <c r="B33" s="16" t="s">
+        <v>152</v>
+      </c>
+      <c r="C33" s="6">
+        <v>1960</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E33" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F33" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G33" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="H33" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I33" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="J33" s="6">
+        <v>9</v>
+      </c>
+      <c r="K33" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A34" s="6">
+        <v>82</v>
+      </c>
+      <c r="B34" s="16" t="s">
+        <v>156</v>
+      </c>
+      <c r="C34" s="6">
+        <v>1998</v>
+      </c>
+      <c r="D34" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E34" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F34" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G34" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H34" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I34" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="J34" s="6">
+        <v>2</v>
+      </c>
+      <c r="K34" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A35" s="6">
+        <v>67</v>
+      </c>
+      <c r="B35" s="16" t="s">
+        <v>34</v>
+      </c>
+      <c r="C35" s="6">
+        <v>1988</v>
+      </c>
+      <c r="D35" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E35" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F35" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G35" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H35" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I35" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="J35" s="6">
+        <v>3</v>
+      </c>
+      <c r="K35" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A36" s="6">
+        <v>94</v>
+      </c>
+      <c r="B36" s="16" t="s">
+        <v>55</v>
+      </c>
+      <c r="C36" s="6">
+        <v>1962</v>
+      </c>
+      <c r="D36" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="E36" s="16" t="s">
+        <v>65</v>
+      </c>
+      <c r="F36" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G36" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="H36" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I36" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="J36" s="6">
+        <v>1</v>
+      </c>
+      <c r="K36" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A37" s="6">
+        <v>36</v>
+      </c>
+      <c r="B37" s="16" t="s">
+        <v>218</v>
+      </c>
+      <c r="C37" s="6">
+        <v>1957</v>
+      </c>
+      <c r="D37" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="E37" s="16" t="s">
+        <v>65</v>
+      </c>
+      <c r="F37" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G37" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="H37" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I37" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="J37" s="6">
+        <v>2</v>
+      </c>
+      <c r="K37" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A38" s="6">
+        <v>37</v>
+      </c>
+      <c r="B38" s="16" t="s">
+        <v>216</v>
+      </c>
+      <c r="C38" s="6">
+        <v>1980</v>
+      </c>
+      <c r="D38" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E38" s="16" t="s">
+        <v>65</v>
+      </c>
+      <c r="F38" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G38" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H38" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I38" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="J38" s="6">
+        <v>3</v>
+      </c>
+      <c r="K38" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A39" s="6">
+        <v>22</v>
+      </c>
+      <c r="B39" s="16" t="s">
+        <v>219</v>
+      </c>
+      <c r="C39" s="6">
+        <v>1966</v>
+      </c>
+      <c r="D39" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="E39" s="16" t="s">
+        <v>65</v>
+      </c>
+      <c r="F39" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G39" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="H39" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I39" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="J39" s="6">
+        <v>4</v>
+      </c>
+      <c r="K39" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A40" s="6">
+        <v>96</v>
+      </c>
+      <c r="B40" s="16" t="s">
+        <v>159</v>
+      </c>
+      <c r="C40" s="6">
+        <v>1985</v>
+      </c>
+      <c r="D40" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E40" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F40" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G40" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H40" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I40" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="J40" s="6">
+        <v>4</v>
+      </c>
+      <c r="K40" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A41" s="6">
+        <v>23</v>
+      </c>
+      <c r="B41" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="C41" s="6">
+        <v>1986</v>
+      </c>
+      <c r="D41" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E41" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F41" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G41" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H41" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I41" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="J41" s="6">
+        <v>5</v>
+      </c>
+      <c r="K41" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="42" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A42" s="6">
+        <v>38</v>
+      </c>
+      <c r="B42" s="16" t="s">
+        <v>206</v>
+      </c>
+      <c r="C42" s="6">
+        <v>1971</v>
+      </c>
+      <c r="D42" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E42" s="16" t="s">
+        <v>65</v>
+      </c>
+      <c r="F42" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G42" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="H42" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I42" s="6" t="s">
+        <v>221</v>
+      </c>
+      <c r="J42" s="6"/>
+      <c r="K42" s="6"/>
+    </row>
+    <row r="43" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A43" s="6">
+        <v>29</v>
+      </c>
+      <c r="B43" s="16" t="s">
         <v>12</v>
       </c>
-      <c r="M4" s="1" t="s">
+      <c r="C43" s="6">
+        <v>1973</v>
+      </c>
+      <c r="D43" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E43" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F43" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G43" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="H43" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I43" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="J43" s="6">
+        <v>6</v>
+      </c>
+      <c r="K43" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="44" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A44" s="6">
+        <v>83</v>
+      </c>
+      <c r="B44" s="16" t="s">
+        <v>163</v>
+      </c>
+      <c r="C44" s="6">
+        <v>1970</v>
+      </c>
+      <c r="D44" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E44" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F44" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G44" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="H44" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I44" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="J44" s="6">
+        <v>7</v>
+      </c>
+      <c r="K44" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="45" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A45" s="6">
+        <v>88</v>
+      </c>
+      <c r="B45" s="16" t="s">
+        <v>165</v>
+      </c>
+      <c r="C45" s="6">
+        <v>1987</v>
+      </c>
+      <c r="D45" s="6" t="s">
+        <v>230</v>
+      </c>
+      <c r="E45" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F45" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G45" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H45" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I45" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="J45" s="6">
+        <v>1</v>
+      </c>
+      <c r="K45" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="46" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A46" s="6">
+        <v>24</v>
+      </c>
+      <c r="B46" s="16" t="s">
+        <v>80</v>
+      </c>
+      <c r="C46" s="6">
+        <v>1987</v>
+      </c>
+      <c r="D46" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E46" s="16" t="s">
+        <v>65</v>
+      </c>
+      <c r="F46" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G46" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H46" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I46" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="J46" s="6"/>
+      <c r="K46" s="6"/>
+    </row>
+    <row r="47" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A47" s="6">
+        <v>31</v>
+      </c>
+      <c r="B47" s="16" t="s">
+        <v>167</v>
+      </c>
+      <c r="C47" s="6">
+        <v>1989</v>
+      </c>
+      <c r="D47" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="E47" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F47" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G47" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H47" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I47" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="J47" s="19">
+        <v>8</v>
+      </c>
+      <c r="K47" s="19">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="48" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A48" s="6">
+        <v>89</v>
+      </c>
+      <c r="B48" s="16" t="s">
+        <v>169</v>
+      </c>
+      <c r="C48" s="6">
+        <v>1957</v>
+      </c>
+      <c r="D48" s="6" t="s">
+        <v>231</v>
+      </c>
+      <c r="E48" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F48" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G48" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="H48" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I48" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="J48" s="19">
+        <v>9</v>
+      </c>
+      <c r="K48" s="19">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="49" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A49" s="6">
+        <v>71</v>
+      </c>
+      <c r="B49" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="C49" s="6">
+        <v>1948</v>
+      </c>
+      <c r="D49" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="E49" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F49" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G49" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="H49" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I49" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="J49" s="6">
+        <v>10</v>
+      </c>
+      <c r="K49" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="50" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A50" s="6">
+        <v>65</v>
+      </c>
+      <c r="B50" s="16" t="s">
+        <v>51</v>
+      </c>
+      <c r="C50" s="6">
+        <v>1951</v>
+      </c>
+      <c r="D50" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="E50" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F50" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G50" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="H50" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I50" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="J50" s="6">
+        <v>11</v>
+      </c>
+      <c r="K50" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A51" s="6">
+        <v>70</v>
+      </c>
+      <c r="B51" s="16" t="s">
+        <v>173</v>
+      </c>
+      <c r="C51" s="6">
+        <v>1977</v>
+      </c>
+      <c r="D51" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E51" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F51" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G51" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="H51" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I51" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="J51" s="6">
+        <v>12</v>
+      </c>
+      <c r="K51" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="52" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A52" s="6">
+        <v>8</v>
+      </c>
+      <c r="B52" s="16" t="s">
         <v>13</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" t="s">
+      <c r="C52" s="6">
+        <v>1953</v>
+      </c>
+      <c r="D52" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="B5" t="s">
+      <c r="E52" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F52" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G52" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="H52" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I52" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="J52" s="6">
+        <v>13</v>
+      </c>
+      <c r="K52" s="6">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="53" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A53" s="6">
+        <v>64</v>
+      </c>
+      <c r="B53" s="16" t="s">
+        <v>176</v>
+      </c>
+      <c r="C53" s="6">
+        <v>1978</v>
+      </c>
+      <c r="D53" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E53" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F53" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G53" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H53" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I53" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="J53" s="6">
+        <v>14</v>
+      </c>
+      <c r="K53" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="54" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A54" s="6">
+        <v>9</v>
+      </c>
+      <c r="B54" s="16" t="s">
+        <v>178</v>
+      </c>
+      <c r="C54" s="6">
+        <v>1996</v>
+      </c>
+      <c r="D54" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E54" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F54" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G54" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H54" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I54" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="J54" s="6">
+        <v>2</v>
+      </c>
+      <c r="K54" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="55" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A55" s="6">
+        <v>72</v>
+      </c>
+      <c r="B55" s="16" t="s">
+        <v>180</v>
+      </c>
+      <c r="C55" s="6">
+        <v>1983</v>
+      </c>
+      <c r="D55" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E55" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F55" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G55" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H55" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I55" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="J55" s="6">
         <v>15</v>
       </c>
-      <c r="C5" t="s">
+      <c r="K55" s="6">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="56" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A56" s="6">
+        <v>28</v>
+      </c>
+      <c r="B56" s="16" t="s">
+        <v>44</v>
+      </c>
+      <c r="C56" s="6">
+        <v>1967</v>
+      </c>
+      <c r="D56" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="E56" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F56" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G56" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="H56" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I56" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="J56" s="6">
         <v>16</v>
       </c>
-      <c r="D5">
+      <c r="K56" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A57" s="6">
+        <v>90</v>
+      </c>
+      <c r="B57" s="16" t="s">
+        <v>183</v>
+      </c>
+      <c r="C57" s="6">
+        <v>1987</v>
+      </c>
+      <c r="D57" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="E57" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F57" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G57" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H57" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I57" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="J57" s="6">
+        <v>17</v>
+      </c>
+      <c r="K57" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A58" s="6">
+        <v>26</v>
+      </c>
+      <c r="B58" s="16" t="s">
+        <v>185</v>
+      </c>
+      <c r="C58" s="6">
+        <v>1989</v>
+      </c>
+      <c r="D58" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="E58" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F58" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G58" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H58" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I58" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="J58" s="6">
+        <v>18</v>
+      </c>
+      <c r="K58" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="59" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A59" s="6">
+        <v>58</v>
+      </c>
+      <c r="B59" s="16" t="s">
+        <v>187</v>
+      </c>
+      <c r="C59" s="6">
+        <v>1985</v>
+      </c>
+      <c r="D59" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="E59" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F59" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G59" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H59" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I59" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="J59" s="6">
+        <v>3</v>
+      </c>
+      <c r="K59" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="60" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A60" s="6">
+        <v>100</v>
+      </c>
+      <c r="B60" s="16" t="s">
+        <v>188</v>
+      </c>
+      <c r="C60" s="6">
+        <v>1992</v>
+      </c>
+      <c r="D60" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E60" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F60" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G60" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H60" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I60" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="J60" s="6">
+        <v>4</v>
+      </c>
+      <c r="K60" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="61" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A61" s="6">
+        <v>42</v>
+      </c>
+      <c r="B61" s="16" t="s">
+        <v>190</v>
+      </c>
+      <c r="C61" s="6">
+        <v>1986</v>
+      </c>
+      <c r="D61" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E61" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F61" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G61" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H61" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I61" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="J61" s="6">
+        <v>5</v>
+      </c>
+      <c r="K61" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="62" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A62" s="6">
+        <v>50</v>
+      </c>
+      <c r="B62" s="16" t="s">
+        <v>192</v>
+      </c>
+      <c r="C62" s="6">
+        <v>1991</v>
+      </c>
+      <c r="D62" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E62" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F62" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G62" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H62" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I62" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="J62" s="6">
+        <v>6</v>
+      </c>
+      <c r="K62" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="63" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A63" s="6">
+        <v>80</v>
+      </c>
+      <c r="B63" s="16" t="s">
+        <v>42</v>
+      </c>
+      <c r="C63" s="6">
+        <v>1966</v>
+      </c>
+      <c r="D63" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="E63" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F63" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G63" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="H63" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I63" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="J63" s="6">
+        <v>7</v>
+      </c>
+      <c r="K63" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="64" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A64" s="6">
+        <v>68</v>
+      </c>
+      <c r="B64" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="C64" s="6">
+        <v>1964</v>
+      </c>
+      <c r="D64" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E64" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F64" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G64" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="H64" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I64" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="J64" s="6">
+        <v>8</v>
+      </c>
+      <c r="K64" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="65" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A65" s="6">
+        <v>92</v>
+      </c>
+      <c r="B65" s="16" t="s">
+        <v>197</v>
+      </c>
+      <c r="C65" s="6">
+        <v>1999</v>
+      </c>
+      <c r="D65" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E65" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F65" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G65" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H65" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I65" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="J65" s="6">
+        <v>19</v>
+      </c>
+      <c r="K65" s="6">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="66" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A66" s="6">
+        <v>98</v>
+      </c>
+      <c r="B66" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="C66" s="6">
+        <v>1980</v>
+      </c>
+      <c r="D66" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E66" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F66" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G66" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H66" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I66" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="J66" s="6">
+        <v>9</v>
+      </c>
+      <c r="K66" s="6">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="67" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A67" s="6">
+        <v>79</v>
+      </c>
+      <c r="B67" s="16" t="s">
+        <v>59</v>
+      </c>
+      <c r="C67" s="6">
+        <v>1986</v>
+      </c>
+      <c r="D67" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E67" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F67" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G67" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H67" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I67" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="J67" s="6">
+        <v>10</v>
+      </c>
+      <c r="K67" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="68" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A68" s="6">
+        <v>32</v>
+      </c>
+      <c r="B68" s="16" t="s">
+        <v>201</v>
+      </c>
+      <c r="C68" s="6">
+        <v>1992</v>
+      </c>
+      <c r="D68" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E68" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F68" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G68" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H68" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I68" s="6" t="s">
+        <v>202</v>
+      </c>
+      <c r="J68" s="6">
+        <v>11</v>
+      </c>
+      <c r="K68" s="6">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="69" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A69" s="6">
+        <v>76</v>
+      </c>
+      <c r="B69" s="16" t="s">
+        <v>62</v>
+      </c>
+      <c r="C69" s="6">
+        <v>1964</v>
+      </c>
+      <c r="D69" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="E69" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F69" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G69" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="H69" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I69" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="J69" s="6">
+        <v>20</v>
+      </c>
+      <c r="K69" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="70" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A70" s="6">
+        <v>12</v>
+      </c>
+      <c r="B70" s="16" t="s">
+        <v>204</v>
+      </c>
+      <c r="C70" s="6">
+        <v>1940</v>
+      </c>
+      <c r="D70" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E70" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F70" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G70" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="H70" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I70" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="J70" s="6">
+        <v>21</v>
+      </c>
+      <c r="K70" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="71" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A71" s="6">
+        <v>39</v>
+      </c>
+      <c r="B71" s="16" t="s">
+        <v>206</v>
+      </c>
+      <c r="C71" s="6">
+        <v>1971</v>
+      </c>
+      <c r="D71" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E71" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F71" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G71" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="H71" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I71" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="J71" s="6">
+        <v>12</v>
+      </c>
+      <c r="K71" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="72" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A72" s="6">
+        <v>7</v>
+      </c>
+      <c r="B72" s="16" t="s">
+        <v>208</v>
+      </c>
+      <c r="C72" s="6">
+        <v>1977</v>
+      </c>
+      <c r="D72" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="E72" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F72" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G72" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="H72" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I72" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="J72" s="6">
+        <v>22</v>
+      </c>
+      <c r="K72" s="6">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="73" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A73" s="6">
+        <v>15</v>
+      </c>
+      <c r="B73" s="16" t="s">
+        <v>53</v>
+      </c>
+      <c r="C73" s="6">
+        <v>1982</v>
+      </c>
+      <c r="D73" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E73" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F73" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G73" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H73" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I73" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="J73" s="19">
+        <v>1</v>
+      </c>
+      <c r="K73" s="19">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="74" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A74" s="6">
+        <v>2</v>
+      </c>
+      <c r="B74" s="16" t="s">
+        <v>70</v>
+      </c>
+      <c r="C74" s="6">
+        <v>1960</v>
+      </c>
+      <c r="D74" s="6" t="s">
+        <v>230</v>
+      </c>
+      <c r="E74" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F74" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G74" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="H74" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I74" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="J74" s="19">
+        <v>2</v>
+      </c>
+      <c r="K74" s="19">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="75" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A75" s="6">
+        <v>87</v>
+      </c>
+      <c r="B75" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="C75" s="6">
+        <v>1995</v>
+      </c>
+      <c r="D75" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E75" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F75" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G75" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H75" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I75" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="J75" s="19">
+        <v>3</v>
+      </c>
+      <c r="K75" s="19">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="76" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A76" s="6">
+        <v>44</v>
+      </c>
+      <c r="B76" s="16" t="s">
+        <v>73</v>
+      </c>
+      <c r="C76" s="6">
+        <v>1981</v>
+      </c>
+      <c r="D76" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="E76" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F76" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G76" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H76" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I76" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="J76" s="19">
+        <v>4</v>
+      </c>
+      <c r="K76" s="19">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="77" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A77" s="6">
+        <v>16</v>
+      </c>
+      <c r="B77" s="16" t="s">
+        <v>75</v>
+      </c>
+      <c r="C77" s="6">
         <v>1962</v>
       </c>
-      <c r="E5" t="s">
+      <c r="D77" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E77" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F77" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G77" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="H77" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I77" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="J77" s="19">
+        <v>5</v>
+      </c>
+      <c r="K77" s="19">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="78" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A78" s="6">
+        <v>61</v>
+      </c>
+      <c r="B78" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="C78" s="6">
+        <v>1966</v>
+      </c>
+      <c r="D78" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E78" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F78" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G78" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="H78" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I78" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="J78" s="19">
+        <v>6</v>
+      </c>
+      <c r="K78" s="19">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="79" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A79" s="6">
+        <v>59</v>
+      </c>
+      <c r="B79" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="C79" s="6">
+        <v>1983</v>
+      </c>
+      <c r="D79" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E79" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F79" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G79" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H79" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I79" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="J79" s="6">
+        <v>7</v>
+      </c>
+      <c r="K79" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="80" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A80" s="6">
+        <v>63</v>
+      </c>
+      <c r="B80" s="16" t="s">
+        <v>213</v>
+      </c>
+      <c r="C80" s="6">
+        <v>1983</v>
+      </c>
+      <c r="D80" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="E80" s="16" t="s">
+        <v>66</v>
+      </c>
+      <c r="F80" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G80" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H80" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I80" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="J80" s="6">
+        <v>1</v>
+      </c>
+      <c r="K80" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="81" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A81" s="6">
+        <v>25</v>
+      </c>
+      <c r="B81" s="16" t="s">
+        <v>80</v>
+      </c>
+      <c r="C81" s="6">
+        <v>1987</v>
+      </c>
+      <c r="D81" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E81" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F81" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G81" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H81" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I81" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="J81" s="19">
+        <v>1</v>
+      </c>
+      <c r="K81" s="19">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A82" s="6">
+        <v>18</v>
+      </c>
+      <c r="B82" s="16" t="s">
+        <v>56</v>
+      </c>
+      <c r="C82" s="6">
+        <v>1957</v>
+      </c>
+      <c r="D82" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E82" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F82" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G82" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="H82" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I82" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="J82" s="19">
+        <v>13</v>
+      </c>
+      <c r="K82" s="19">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="83" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A83" s="6">
+        <v>54</v>
+      </c>
+      <c r="B83" s="16" t="s">
+        <v>57</v>
+      </c>
+      <c r="C83" s="6">
+        <v>1964</v>
+      </c>
+      <c r="D83" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E83" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F83" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G83" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="H83" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I83" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="J83" s="19">
+        <v>8</v>
+      </c>
+      <c r="K83" s="19">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="84" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A84" s="6">
+        <v>95</v>
+      </c>
+      <c r="B84" s="16" t="s">
+        <v>83</v>
+      </c>
+      <c r="C84" s="6">
+        <v>1982</v>
+      </c>
+      <c r="D84" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="E84" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F84" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G84" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H84" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I84" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="J84" s="19">
+        <v>9</v>
+      </c>
+      <c r="K84" s="19">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="85" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A85" s="6">
+        <v>6</v>
+      </c>
+      <c r="B85" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="C85" s="6">
+        <v>1981</v>
+      </c>
+      <c r="D85" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="E85" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F85" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G85" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H85" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I85" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="J85" s="19">
+        <v>10</v>
+      </c>
+      <c r="K85" s="19">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="86" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A86" s="6">
+        <v>69</v>
+      </c>
+      <c r="B86" s="16" t="s">
+        <v>37</v>
+      </c>
+      <c r="C86" s="6">
+        <v>1957</v>
+      </c>
+      <c r="D86" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="E86" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F86" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G86" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="H86" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I86" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="J86" s="19">
+        <v>11</v>
+      </c>
+      <c r="K86" s="19">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="87" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A87" s="6">
+        <v>57</v>
+      </c>
+      <c r="B87" s="16" t="s">
+        <v>33</v>
+      </c>
+      <c r="C87" s="6">
+        <v>1981</v>
+      </c>
+      <c r="D87" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="E87" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F87" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G87" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H87" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I87" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="J87" s="6">
+        <v>12</v>
+      </c>
+      <c r="K87" s="6">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="88" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A88" s="6">
+        <v>30</v>
+      </c>
+      <c r="B88" s="16" t="s">
+        <v>45</v>
+      </c>
+      <c r="C88" s="6">
+        <v>1948</v>
+      </c>
+      <c r="D88" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E88" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F88" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G88" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="H88" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I88" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="J88" s="6">
+        <v>13</v>
+      </c>
+      <c r="K88" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="89" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A89" s="6">
+        <v>52</v>
+      </c>
+      <c r="B89" s="16" t="s">
+        <v>41</v>
+      </c>
+      <c r="C89" s="6">
+        <v>1959</v>
+      </c>
+      <c r="D89" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E89" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F89" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G89" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="H89" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I89" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="J89" s="6">
+        <v>14</v>
+      </c>
+      <c r="K89" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="90" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A90" s="6">
+        <v>86</v>
+      </c>
+      <c r="B90" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="C90" s="6">
+        <v>1992</v>
+      </c>
+      <c r="D90" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="E90" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F90" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G90" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H90" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I90" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="J90" s="6">
+        <v>15</v>
+      </c>
+      <c r="K90" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="91" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A91" s="6">
+        <v>60</v>
+      </c>
+      <c r="B91" s="16" t="s">
+        <v>92</v>
+      </c>
+      <c r="C91" s="6">
+        <v>1994</v>
+      </c>
+      <c r="D91" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="E91" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F91" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G91" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H91" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I91" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="J91" s="6">
+        <v>16</v>
+      </c>
+      <c r="K91" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="92" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A92" s="6">
+        <v>41</v>
+      </c>
+      <c r="B92" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="C92" s="6">
+        <v>1990</v>
+      </c>
+      <c r="D92" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="E92" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F92" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G92" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H92" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I92" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="J92" s="6">
         <v>17</v>
       </c>
-      <c r="F5" t="s">
+      <c r="K92" s="6">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="93" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A93" s="6">
+        <v>46</v>
+      </c>
+      <c r="B93" s="16" t="s">
+        <v>96</v>
+      </c>
+      <c r="C93" s="6">
+        <v>1991</v>
+      </c>
+      <c r="D93" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="E93" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F93" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G93" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H93" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I93" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="J93" s="19">
         <v>18</v>
       </c>
-      <c r="G5" t="s">
+      <c r="K93" s="19">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="94" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A94" s="6">
+        <v>53</v>
+      </c>
+      <c r="B94" s="16" t="s">
+        <v>98</v>
+      </c>
+      <c r="C94" s="6">
+        <v>1978</v>
+      </c>
+      <c r="D94" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="E94" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F94" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G94" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H94" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I94" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="J94" s="19">
         <v>19</v>
       </c>
-      <c r="H5">
+      <c r="K94" s="19">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="95" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A95" s="6">
+        <v>84</v>
+      </c>
+      <c r="B95" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="C95" s="6">
+        <v>1987</v>
+      </c>
+      <c r="D95" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E95" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F95" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G95" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H95" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I95" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="J95" s="6">
+        <v>20</v>
+      </c>
+      <c r="K95" s="6">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="96" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A96" s="6">
+        <v>66</v>
+      </c>
+      <c r="B96" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="C96" s="6">
+        <v>1981</v>
+      </c>
+      <c r="D96" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E96" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F96" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G96" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H96" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I96" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="J96" s="19">
+        <v>2</v>
+      </c>
+      <c r="K96" s="19">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="97" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A97" s="6">
+        <v>47</v>
+      </c>
+      <c r="B97" s="16" t="s">
+        <v>103</v>
+      </c>
+      <c r="C97" s="6">
+        <v>1990</v>
+      </c>
+      <c r="D97" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E97" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F97" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G97" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H97" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I97" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="J97" s="6">
+        <v>3</v>
+      </c>
+      <c r="K97" s="6">
         <v>1</v>
       </c>
-      <c r="I5">
+    </row>
+    <row r="98" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A98" s="6">
+        <v>13</v>
+      </c>
+      <c r="B98" s="16" t="s">
+        <v>105</v>
+      </c>
+      <c r="C98" s="6">
+        <v>1985</v>
+      </c>
+      <c r="D98" s="6" t="s">
+        <v>225</v>
+      </c>
+      <c r="E98" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F98" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G98" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H98" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I98" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="J98" s="6">
+        <v>21</v>
+      </c>
+      <c r="K98" s="6">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="99" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A99" s="6">
+        <v>10</v>
+      </c>
+      <c r="B99" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="C99" s="6">
+        <v>1939</v>
+      </c>
+      <c r="D99" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E99" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F99" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G99" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="H99" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I99" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="J99" s="6">
+        <v>22</v>
+      </c>
+      <c r="K99" s="6">
         <v>1</v>
       </c>
-      <c r="J5" t="s">
-[...8 lines deleted...]
-      <c r="M5" t="s">
+    </row>
+    <row r="100" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A100" s="6">
+        <v>14</v>
+      </c>
+      <c r="B100" s="16" t="s">
+        <v>108</v>
+      </c>
+      <c r="C100" s="6">
+        <v>1989</v>
+      </c>
+      <c r="D100" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E100" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F100" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G100" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H100" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I100" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="J100" s="6">
+        <v>23</v>
+      </c>
+      <c r="K100" s="6">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="101" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A101" s="6">
+        <v>74</v>
+      </c>
+      <c r="B101" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="C101" s="6">
+        <v>1999</v>
+      </c>
+      <c r="D101" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="E101" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F101" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G101" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H101" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I101" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="J101" s="19">
+        <v>24</v>
+      </c>
+      <c r="K101" s="19">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="102" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A102" s="6">
+        <v>33</v>
+      </c>
+      <c r="B102" s="16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C102" s="6">
+        <v>1956</v>
+      </c>
+      <c r="D102" s="6" t="s">
+        <v>226</v>
+      </c>
+      <c r="E102" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F102" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G102" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="H102" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I102" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="J102" s="19">
+        <v>25</v>
+      </c>
+      <c r="K102" s="19">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="103" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A103" s="6">
+        <v>5</v>
+      </c>
+      <c r="B103" s="16" t="s">
+        <v>113</v>
+      </c>
+      <c r="C103" s="6">
+        <v>1992</v>
+      </c>
+      <c r="D103" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="E103" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F103" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G103" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H103" s="6" t="s">
         <v>19</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H6">
+      <c r="I103" s="6"/>
+      <c r="J103" s="6"/>
+      <c r="K103" s="6"/>
+    </row>
+    <row r="104" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A104" s="6">
+        <v>11</v>
+      </c>
+      <c r="B104" s="16" t="s">
+        <v>116</v>
+      </c>
+      <c r="C104" s="6">
+        <v>1997</v>
+      </c>
+      <c r="D104" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="I6">
-[...2 lines deleted...]
-      <c r="J6" t="s">
+      <c r="E104" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F104" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="K6" t="s">
+      <c r="G104" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="L6" t="s">
-[...10 lines deleted...]
-      <c r="B7" t="s">
+      <c r="H104" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="I104" s="6"/>
+      <c r="J104" s="19"/>
+      <c r="K104" s="19"/>
+    </row>
+    <row r="105" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A105" s="6">
+        <v>27</v>
+      </c>
+      <c r="B105" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C105" s="6">
+        <v>1962</v>
+      </c>
+      <c r="D105" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="E105" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F105" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G105" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="C7" t="s">
-[...174 lines deleted...]
-      </c>
+      <c r="H105" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="I105" s="6"/>
+      <c r="J105" s="19"/>
+      <c r="K105" s="19"/>
     </row>
   </sheetData>
-  <autoFilter ref="A4:M4"/>
-[...2569 lines deleted...]
-      <sortCondition ref="H4"/>
+  <sheetProtection sheet="1" objects="1" scenarios="1" sort="0" autoFilter="0"/>
+  <autoFilter ref="A5:K105">
+    <sortState ref="A6:K105">
+      <sortCondition ref="I5:I105"/>
     </sortState>
   </autoFilter>
-  <pageMargins left="0.78749999999999998" right="0.78749999999999998" top="1.05277777777778" bottom="1.05277777777778" header="0.78749999999999998" footer="0.78749999999999998"/>
-[...1564 lines deleted...]
-  </headerFooter>
+  <mergeCells count="1">
+    <mergeCell ref="A2:B2"/>
+  </mergeCells>
+  <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="70" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template/>
-[...1 lines deleted...]
-  <Application>LibreOffice/5.2.3.3$Windows_x86 LibreOffice_project/d54a8868f08a7b39642414cf2c8ef2f228f780cf</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Именованные диапазоны</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="5" baseType="lpstr">
-[...4 lines deleted...]
-      <vt:lpstr>10</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Протокол</vt:lpstr>
+      <vt:lpstr>Протокол!Область_печати</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator/>
-  <dc:description/>
-[...1 lines deleted...]
-  <cp:revision></cp:revision>
+  <cp:lastModifiedBy/>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:language>ru-RU</dc:language>
 </cp:coreProperties>
 </file>