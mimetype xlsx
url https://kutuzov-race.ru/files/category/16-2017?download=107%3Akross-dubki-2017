--- v0 (2025-11-15)
+++ v1 (2026-01-14)
@@ -4,443 +4,491 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="105" windowWidth="15120" windowHeight="8010"/>
   </bookViews>
   <sheets>
-    <sheet name="Протокол" sheetId="4" r:id="rId1"/>
+    <sheet name="Протокол" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Протокол!$A$5:$H$48</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Протокол!$A$1:$H$52</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Протокол!$A$4:$K$47</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Протокол!$A$1:$K$47</definedName>
   </definedNames>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="271" uniqueCount="79">
   <si>
     <t>Протокол соревнований</t>
   </si>
   <si>
-    <t>г. Малоярославец</t>
-[...7 lines deleted...]
-  <si>
     <t>Номер</t>
   </si>
   <si>
     <t>ФИО</t>
   </si>
   <si>
+    <t>Город</t>
+  </si>
+  <si>
+    <t>Группа</t>
+  </si>
+  <si>
+    <t>Статус</t>
+  </si>
+  <si>
+    <t>Время</t>
+  </si>
+  <si>
+    <t>Абс.</t>
+  </si>
+  <si>
+    <t>Дист.</t>
+  </si>
+  <si>
+    <t>Москва</t>
+  </si>
+  <si>
+    <t>Q</t>
+  </si>
+  <si>
+    <t>Малоярославец</t>
+  </si>
+  <si>
+    <t>Обнинск</t>
+  </si>
+  <si>
+    <t>Калуга</t>
+  </si>
+  <si>
+    <t>Баткаева Алима</t>
+  </si>
+  <si>
+    <t>Балабаново</t>
+  </si>
+  <si>
+    <t>Федькина Татьяна</t>
+  </si>
+  <si>
+    <t>DNS</t>
+  </si>
+  <si>
+    <t>DNF</t>
+  </si>
+  <si>
+    <t>Пол</t>
+  </si>
+  <si>
+    <t>ж</t>
+  </si>
+  <si>
+    <t>м</t>
+  </si>
+  <si>
     <t>ГР</t>
   </si>
   <si>
-    <t>Город</t>
-[...11 lines deleted...]
-    <t>Место</t>
+    <t>07-10</t>
+  </si>
+  <si>
+    <t>11-14</t>
+  </si>
+  <si>
+    <t>18-29</t>
+  </si>
+  <si>
+    <t>30-39</t>
+  </si>
+  <si>
+    <t>40-49</t>
+  </si>
+  <si>
+    <t>50-59</t>
+  </si>
+  <si>
+    <t>60-69</t>
+  </si>
+  <si>
+    <t>Мудрецкий Николай</t>
+  </si>
+  <si>
+    <t>Подвысоцкая Анастасия</t>
+  </si>
+  <si>
+    <t>Мудрецкий Игорь</t>
+  </si>
+  <si>
+    <t>Подвысоцкий Роман</t>
+  </si>
+  <si>
+    <t>Крымовский Роман</t>
   </si>
   <si>
     <t>Гусейнов Александр</t>
   </si>
   <si>
-    <t>Обнинск</t>
-[...1 lines deleted...]
-  <si>
     <t>2,5 км</t>
   </si>
   <si>
-    <t>м30</t>
-[...1 lines deleted...]
-  <si>
     <t>Ермакова Валерия</t>
   </si>
   <si>
-    <t>ж18</t>
-[...1 lines deleted...]
-  <si>
     <t>Колосов Илья</t>
   </si>
   <si>
-    <t>Малоярославец</t>
-[...4 lines deleted...]
-  <si>
     <t>Маросеева Дарья</t>
   </si>
   <si>
-    <t>ж0</t>
-[...1 lines deleted...]
-  <si>
     <t>Винокуров Александр</t>
   </si>
   <si>
-    <t>м50</t>
-[...1 lines deleted...]
-  <si>
     <t>Немкова  Настя</t>
   </si>
   <si>
     <t>Горбачев Алексей</t>
   </si>
   <si>
     <t>Яцков Вячеслав</t>
   </si>
   <si>
-    <t>Балабаново</t>
-[...7 lines deleted...]
-  <si>
     <t>Горчаков Иван</t>
   </si>
   <si>
     <t>Чеботарев Юрий</t>
   </si>
   <si>
-    <t>Москва</t>
-[...7 lines deleted...]
-  <si>
     <t>Яцков Ярослав</t>
   </si>
   <si>
     <t>Подвысоцкий Леонид</t>
   </si>
   <si>
     <t>Подшибякина  Мария</t>
   </si>
   <si>
     <t>5 км</t>
   </si>
   <si>
-    <t>ж40</t>
-[...1 lines deleted...]
-  <si>
     <t>Пещенко Юлия</t>
   </si>
   <si>
-    <t>ж30</t>
-[...1 lines deleted...]
-  <si>
     <t>Калякина Оксана</t>
   </si>
   <si>
     <t>Купрюхина Ольга</t>
   </si>
   <si>
     <t>Кузнецова Анастасия</t>
   </si>
   <si>
     <t>Прохневская Анна</t>
   </si>
   <si>
     <t>Подвысоцкая Александра</t>
   </si>
   <si>
-    <t>Федькина Татьяна</t>
-[...4 lines deleted...]
-  <si>
     <t>Горчакова Людмила</t>
   </si>
   <si>
     <t>Сураева Лена</t>
   </si>
   <si>
     <t>Ульяновск</t>
   </si>
   <si>
     <t>Половинкин Дмитрий</t>
   </si>
   <si>
-    <t>Калуга</t>
-[...1 lines deleted...]
-  <si>
     <t>10 км</t>
   </si>
   <si>
     <t>Купрюхин Павел</t>
   </si>
   <si>
-    <t>м40</t>
-[...1 lines deleted...]
-  <si>
     <t>Куракин Сергей</t>
   </si>
   <si>
     <t>Ковалев Павел</t>
   </si>
   <si>
     <t>Король Вячеслав</t>
   </si>
   <si>
-    <t>Подвысоцкий Роман</t>
-[...1 lines deleted...]
-  <si>
     <t>Чернышев Виктор</t>
   </si>
   <si>
     <t>Беленко Дмитрий</t>
   </si>
   <si>
-    <t>Мудрецкий Игорь</t>
-[...1 lines deleted...]
-  <si>
     <t>Чинарев Иван</t>
   </si>
   <si>
     <t>Ласточкин Сергей</t>
   </si>
   <si>
     <t>Горчаков Алексей</t>
   </si>
   <si>
     <t>Большаков Александр</t>
   </si>
   <si>
     <t>Коныгин Михаил</t>
   </si>
   <si>
-    <t>DNF</t>
-[...1 lines deleted...]
-  <si>
     <t>Фищев Андрей</t>
   </si>
   <si>
     <t>Невинномысск</t>
   </si>
   <si>
     <t>Скогорев Кирилл</t>
   </si>
   <si>
-    <t>Крымовский Роман</t>
-[...4 lines deleted...]
-  <si>
     <t>Миляускас Артур</t>
   </si>
   <si>
-    <t>Утверждаю:</t>
-[...5 lines deleted...]
-    <t>___________________</t>
+    <t>03-06</t>
+  </si>
+  <si>
+    <t>70-79</t>
+  </si>
+  <si>
+    <t>Кросс Дубки</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="1">
-    <numFmt numFmtId="164" formatCode="h:mm:ss;@"/>
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="dd/mm/yy;@"/>
+    <numFmt numFmtId="165" formatCode="h:mm:ss;@"/>
   </numFmts>
   <fonts count="6">
     <font>
       <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="13"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="16"/>
-      <color theme="1"/>
+      <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="8"/>
-[...16 lines deleted...]
-      <sz val="10"/>
+      <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="2">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF92D050"/>
+        <bgColor indexed="64"/>
+      </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="18">
+  <cellXfs count="27">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="21" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...17 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -701,1266 +749,1633 @@
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr codeName="Лист1"/>
-  <dimension ref="A1:H54"/>
+  <dimension ref="A1:L47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D12" sqref="D12"/>
+      <pane xSplit="4" ySplit="4" topLeftCell="E5" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="E1" sqref="E1"/>
+      <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
+      <selection pane="bottomRight" activeCell="E9" sqref="E9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="19.5" customHeight="1"/>
+  <sheetFormatPr defaultRowHeight="24.95" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="16384" width="9.140625" style="2"/>
+    <col min="1" max="1" width="9.42578125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="31.28515625" style="4" customWidth="1"/>
+    <col min="3" max="3" width="8.42578125" style="5" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="24.85546875" style="4" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="15.7109375" style="3" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="8.28515625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="10.7109375" style="18" customWidth="1"/>
+    <col min="8" max="8" width="8.28515625" style="1" customWidth="1"/>
+    <col min="9" max="9" width="13.5703125" style="18" bestFit="1" customWidth="1"/>
+    <col min="10" max="11" width="10.28515625" style="1" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="19.5" customHeight="1">
-      <c r="D1" s="3" t="s">
+    <row r="1" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A1" s="24">
+        <v>42938</v>
+      </c>
+      <c r="D1" s="25" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="4">
-[...10 lines deleted...]
-      <c r="G2" s="5" t="s">
+      <c r="E1" s="25"/>
+      <c r="F1" s="13"/>
+      <c r="I1" s="19"/>
+    </row>
+    <row r="2" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A2" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="D2" s="7"/>
+      <c r="G2" s="19"/>
+      <c r="H2" s="4"/>
+    </row>
+    <row r="4" spans="1:12" s="12" customFormat="1" ht="24.95" customHeight="1">
+      <c r="A4" s="14" t="s">
         <v>1</v>
       </c>
-      <c r="H2" s="5"/>
-[...2 lines deleted...]
-      <c r="A3" s="6" t="s">
+      <c r="B4" s="14" t="s">
         <v>2</v>
       </c>
-      <c r="F3" s="6"/>
-      <c r="G3" s="6" t="s">
+      <c r="C4" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" s="14" t="s">
         <v>3</v>
       </c>
-      <c r="H3" s="6"/>
-[...2 lines deleted...]
-      <c r="A5" s="7" t="s">
+      <c r="E4" s="26" t="s">
+        <v>8</v>
+      </c>
+      <c r="F4" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="G4" s="16" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="7" t="s">
+      <c r="H4" s="17" t="s">
         <v>5</v>
       </c>
-      <c r="C5" s="7" t="s">
+      <c r="I4" s="23" t="s">
         <v>6</v>
       </c>
-      <c r="D5" s="7" t="s">
+      <c r="J4" s="14" t="s">
         <v>7</v>
       </c>
-      <c r="E5" s="7" t="s">
+      <c r="K4" s="14" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A5" s="8">
+        <v>5</v>
+      </c>
+      <c r="B5" s="9" t="s">
+        <v>35</v>
+      </c>
+      <c r="C5" s="8">
+        <v>1988</v>
+      </c>
+      <c r="D5" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="F5" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="H5" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I5" s="21">
+        <v>9.4907407407407406E-3</v>
+      </c>
+      <c r="J5" s="8">
+        <v>1</v>
+      </c>
+      <c r="K5" s="8">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A6" s="8">
+        <v>6</v>
+      </c>
+      <c r="B6" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" s="8">
+        <v>2005</v>
+      </c>
+      <c r="D6" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" s="20" t="s">
+        <v>24</v>
+      </c>
+      <c r="H6" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I6" s="21">
+        <v>9.5138888888888218E-3</v>
+      </c>
+      <c r="J6" s="8">
+        <v>1</v>
+      </c>
+      <c r="K6" s="8">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A7" s="8">
+        <v>35</v>
+      </c>
+      <c r="B7" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" s="8">
+        <v>2004</v>
+      </c>
+      <c r="D7" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="F7" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" s="20" t="s">
+        <v>24</v>
+      </c>
+      <c r="H7" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I7" s="21">
+        <v>9.5254629629629162E-3</v>
+      </c>
+      <c r="J7" s="8">
+        <v>2</v>
+      </c>
+      <c r="K7" s="8">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A8" s="8">
+        <v>17</v>
+      </c>
+      <c r="B8" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="C8" s="8">
+        <v>2007</v>
+      </c>
+      <c r="D8" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="F8" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="H8" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I8" s="21">
+        <v>9.6180555555555602E-3</v>
+      </c>
+      <c r="J8" s="8">
+        <v>2</v>
+      </c>
+      <c r="K8" s="22">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A9" s="8">
+        <v>42</v>
+      </c>
+      <c r="B9" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="C9" s="8">
+        <v>1946</v>
+      </c>
+      <c r="D9" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="F9" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" s="20" t="s">
+        <v>77</v>
+      </c>
+      <c r="H9" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I9" s="21">
+        <v>9.7800925925925486E-3</v>
+      </c>
+      <c r="J9" s="8">
+        <v>3</v>
+      </c>
+      <c r="K9" s="22">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A10" s="8">
+        <v>43</v>
+      </c>
+      <c r="B10" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="C10" s="8">
+        <v>2006</v>
+      </c>
+      <c r="D10" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="F10" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" s="20" t="s">
+        <v>24</v>
+      </c>
+      <c r="H10" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I10" s="21">
+        <v>1.0162037037036997E-2</v>
+      </c>
+      <c r="J10" s="8">
+        <v>3</v>
+      </c>
+      <c r="K10" s="8">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A11" s="8">
+        <v>2</v>
+      </c>
+      <c r="B11" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="C11" s="8">
+        <v>1986</v>
+      </c>
+      <c r="D11" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="F11" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="H11" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I11" s="21">
+        <v>1.0416666666666666E-2</v>
+      </c>
+      <c r="J11" s="8">
+        <v>4</v>
+      </c>
+      <c r="K11" s="8">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A12" s="8">
+        <v>33</v>
+      </c>
+      <c r="B12" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="C12" s="8">
+        <v>2009</v>
+      </c>
+      <c r="D12" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="F12" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="H12" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I12" s="21">
+        <v>1.0509259259259218E-2</v>
+      </c>
+      <c r="J12" s="8">
+        <v>5</v>
+      </c>
+      <c r="K12" s="8">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A13" s="8">
+        <v>19</v>
+      </c>
+      <c r="B13" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="C13" s="8">
+        <v>2009</v>
+      </c>
+      <c r="D13" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="F13" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="H13" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I13" s="21">
+        <v>1.0648148148148129E-2</v>
+      </c>
+      <c r="J13" s="8">
+        <v>6</v>
+      </c>
+      <c r="K13" s="8">
+        <v>2</v>
+      </c>
+      <c r="L13" s="11"/>
+    </row>
+    <row r="14" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A14" s="8">
+        <v>34</v>
+      </c>
+      <c r="B14" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="C14" s="8">
+        <v>2006</v>
+      </c>
+      <c r="D14" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="F14" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" s="20" t="s">
+        <v>24</v>
+      </c>
+      <c r="H14" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I14" s="21">
+        <v>1.1435185185185104E-2</v>
+      </c>
+      <c r="J14" s="8">
+        <v>7</v>
+      </c>
+      <c r="K14" s="22">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A15" s="8">
+        <v>41</v>
+      </c>
+      <c r="B15" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="C15" s="8">
+        <v>1965</v>
+      </c>
+      <c r="D15" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="E15" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="F15" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" s="20" t="s">
+        <v>28</v>
+      </c>
+      <c r="H15" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I15" s="21">
+        <v>1.1724537037036964E-2</v>
+      </c>
+      <c r="J15" s="8">
         <v>8</v>
       </c>
-      <c r="F5" s="7" t="s">
+      <c r="K15" s="8">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A16" s="8">
+        <v>22</v>
+      </c>
+      <c r="B16" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="C16" s="8">
+        <v>2009</v>
+      </c>
+      <c r="D16" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="F16" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="H16" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I16" s="21">
+        <v>1.3518518518518485E-2</v>
+      </c>
+      <c r="J16" s="8">
+        <v>4</v>
+      </c>
+      <c r="K16" s="22">
+        <v>2</v>
+      </c>
+      <c r="L16" s="11"/>
+    </row>
+    <row r="17" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A17" s="8">
+        <v>40</v>
+      </c>
+      <c r="B17" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="C17" s="8">
+        <v>2010</v>
+      </c>
+      <c r="D17" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="F17" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="H17" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I17" s="21">
+        <v>1.3587962962962941E-2</v>
+      </c>
+      <c r="J17" s="8">
+        <v>5</v>
+      </c>
+      <c r="K17" s="22">
+        <v>3</v>
+      </c>
+      <c r="L17" s="11"/>
+    </row>
+    <row r="18" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A18" s="8">
+        <v>32</v>
+      </c>
+      <c r="B18" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="C18" s="8">
+        <v>2002</v>
+      </c>
+      <c r="D18" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="F18" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" s="20" t="s">
+        <v>24</v>
+      </c>
+      <c r="H18" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I18" s="21">
+        <v>1.4780092592592553E-2</v>
+      </c>
+      <c r="J18" s="8">
         <v>9</v>
       </c>
-      <c r="G5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="H5" s="7" t="s">
+      <c r="K18" s="22">
+        <v>3</v>
+      </c>
+      <c r="L18" s="11"/>
+    </row>
+    <row r="19" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A19" s="8">
+        <v>24</v>
+      </c>
+      <c r="B19" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="C19" s="8">
+        <v>2011</v>
+      </c>
+      <c r="D19" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="F19" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="H19" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I19" s="21">
+        <v>1.5023148148148147E-2</v>
+      </c>
+      <c r="J19" s="8">
+        <v>10</v>
+      </c>
+      <c r="K19" s="8">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A20" s="8">
+        <v>36</v>
+      </c>
+      <c r="B20" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="C20" s="8">
+        <v>1981</v>
+      </c>
+      <c r="D20" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="F20" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="H20" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I20" s="21">
+        <v>1.851851851851849E-2</v>
+      </c>
+      <c r="J20" s="8">
+        <v>1</v>
+      </c>
+      <c r="K20" s="8">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A21" s="8">
+        <v>21</v>
+      </c>
+      <c r="B21" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="C21" s="8">
+        <v>1989</v>
+      </c>
+      <c r="D21" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="F21" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="H21" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I21" s="21">
+        <v>1.9641203703703702E-2</v>
+      </c>
+      <c r="J21" s="8">
+        <v>2</v>
+      </c>
+      <c r="K21" s="8">
+        <v>1</v>
+      </c>
+      <c r="L21" s="11"/>
+    </row>
+    <row r="22" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A22" s="8">
+        <v>7</v>
+      </c>
+      <c r="B22" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C22" s="8">
+        <v>1984</v>
+      </c>
+      <c r="D22" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="F22" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="H22" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I22" s="21">
+        <v>1.9918981481481413E-2</v>
+      </c>
+      <c r="J22" s="8">
+        <v>3</v>
+      </c>
+      <c r="K22" s="22">
+        <v>2</v>
+      </c>
+      <c r="L22" s="11"/>
+    </row>
+    <row r="23" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A23" s="8">
+        <v>14</v>
+      </c>
+      <c r="B23" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C23" s="8">
+        <v>1982</v>
+      </c>
+      <c r="D23" s="9" t="s">
         <v>11</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="10">
+      <c r="E23" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="F23" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="H23" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I23" s="21">
+        <v>2.0173611111111101E-2</v>
+      </c>
+      <c r="J23" s="8">
+        <v>4</v>
+      </c>
+      <c r="K23" s="8">
+        <v>3</v>
+      </c>
+      <c r="L23" s="11"/>
+    </row>
+    <row r="24" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A24" s="8">
+        <v>12</v>
+      </c>
+      <c r="B24" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="C24" s="8">
+        <v>1997</v>
+      </c>
+      <c r="D24" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="F24" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="H24" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I24" s="21">
+        <v>2.0520833333333321E-2</v>
+      </c>
+      <c r="J24" s="8">
         <v>5</v>
       </c>
-      <c r="B6" s="11" t="s">
+      <c r="K24" s="8">
+        <v>2</v>
+      </c>
+      <c r="L24" s="11"/>
+    </row>
+    <row r="25" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A25" s="8">
+        <v>27</v>
+      </c>
+      <c r="B25" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C25" s="8">
+        <v>1980</v>
+      </c>
+      <c r="D25" s="9" t="s">
         <v>12</v>
       </c>
-      <c r="C6" s="10">
+      <c r="E25" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="F25" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="H25" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I25" s="21">
+        <v>2.0717592592592537E-2</v>
+      </c>
+      <c r="J25" s="8">
+        <v>6</v>
+      </c>
+      <c r="K25" s="22">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A26" s="8">
+        <v>23</v>
+      </c>
+      <c r="B26" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="C26" s="8">
+        <v>1983</v>
+      </c>
+      <c r="D26" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="F26" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="H26" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I26" s="21">
+        <v>2.2071759259259249E-2</v>
+      </c>
+      <c r="J26" s="8">
+        <v>7</v>
+      </c>
+      <c r="K26" s="8">
+        <v>5</v>
+      </c>
+      <c r="L26" s="11"/>
+    </row>
+    <row r="27" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A27" s="8">
+        <v>29</v>
+      </c>
+      <c r="B27" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="C27" s="8">
+        <v>1966</v>
+      </c>
+      <c r="D27" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="F27" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" s="20" t="s">
+        <v>28</v>
+      </c>
+      <c r="H27" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I27" s="21">
+        <v>2.2465277777777792E-2</v>
+      </c>
+      <c r="J27" s="8">
+        <v>8</v>
+      </c>
+      <c r="K27" s="8">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A28" s="8">
+        <v>4</v>
+      </c>
+      <c r="B28" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="C28" s="8">
+        <v>1972</v>
+      </c>
+      <c r="D28" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="E28" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="F28" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="H28" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I28" s="21">
+        <v>2.4930555555555511E-2</v>
+      </c>
+      <c r="J28" s="8">
+        <v>9</v>
+      </c>
+      <c r="K28" s="22">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A29" s="8">
+        <v>28</v>
+      </c>
+      <c r="B29" s="9" t="s">
+        <v>57</v>
+      </c>
+      <c r="C29" s="8">
+        <v>1984</v>
+      </c>
+      <c r="D29" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="E29" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="F29" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="H29" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I29" s="21">
+        <v>2.5624999999999953E-2</v>
+      </c>
+      <c r="J29" s="8">
+        <v>10</v>
+      </c>
+      <c r="K29" s="8">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A30" s="8">
+        <v>26</v>
+      </c>
+      <c r="B30" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C30" s="8">
         <v>1988</v>
       </c>
-      <c r="D6" s="11" t="s">
+      <c r="D30" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="E6" s="10" t="s">
-[...2 lines deleted...]
-      <c r="F6" s="10" t="s">
+      <c r="E30" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F30" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="H30" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I30" s="21">
+        <v>3.0613425925925919E-2</v>
+      </c>
+      <c r="J30" s="8">
+        <v>1</v>
+      </c>
+      <c r="K30" s="22">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A31" s="8">
+        <v>13</v>
+      </c>
+      <c r="B31" s="9" t="s">
+        <v>61</v>
+      </c>
+      <c r="C31" s="8">
+        <v>1981</v>
+      </c>
+      <c r="D31" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F31" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="H31" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I31" s="21">
+        <v>3.074074074074068E-2</v>
+      </c>
+      <c r="J31" s="8">
+        <v>2</v>
+      </c>
+      <c r="K31" s="22">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A32" s="8">
         <v>15</v>
       </c>
-      <c r="G6" s="12">
-[...2 lines deleted...]
-      <c r="H6" s="10">
+      <c r="B32" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C32" s="8">
+        <v>1980</v>
+      </c>
+      <c r="D32" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F32" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="H32" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I32" s="21">
+        <v>3.2962962962962916E-2</v>
+      </c>
+      <c r="J32" s="8">
+        <v>3</v>
+      </c>
+      <c r="K32" s="8">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A33" s="8">
+        <v>8</v>
+      </c>
+      <c r="B33" s="9" t="s">
+        <v>63</v>
+      </c>
+      <c r="C33" s="8">
+        <v>1982</v>
+      </c>
+      <c r="D33" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F33" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="H33" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I33" s="21">
+        <v>3.4999999999999976E-2</v>
+      </c>
+      <c r="J33" s="8">
+        <v>4</v>
+      </c>
+      <c r="K33" s="22">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A34" s="8">
+        <v>10</v>
+      </c>
+      <c r="B34" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="C34" s="8">
+        <v>1990</v>
+      </c>
+      <c r="D34" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F34" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="H34" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I34" s="21">
+        <v>3.5034722222222203E-2</v>
+      </c>
+      <c r="J34" s="8">
+        <v>5</v>
+      </c>
+      <c r="K34" s="8">
+        <v>2</v>
+      </c>
+      <c r="L34" s="11"/>
+    </row>
+    <row r="35" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A35" s="8">
+        <v>25</v>
+      </c>
+      <c r="B35" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="C35" s="8">
+        <v>1983</v>
+      </c>
+      <c r="D35" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F35" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="H35" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I35" s="21">
+        <v>3.5115740740740697E-2</v>
+      </c>
+      <c r="J35" s="8">
+        <v>6</v>
+      </c>
+      <c r="K35" s="8">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A36" s="8">
+        <v>31</v>
+      </c>
+      <c r="B36" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C36" s="8">
+        <v>1958</v>
+      </c>
+      <c r="D36" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F36" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" s="20" t="s">
+        <v>28</v>
+      </c>
+      <c r="H36" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I36" s="21">
+        <v>3.538194444444448E-2</v>
+      </c>
+      <c r="J36" s="8">
+        <v>7</v>
+      </c>
+      <c r="K36" s="8">
         <v>1</v>
       </c>
     </row>
-    <row r="7" spans="1:8" ht="19.5" customHeight="1">
-      <c r="A7" s="10">
+    <row r="37" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A37" s="8">
+        <v>38</v>
+      </c>
+      <c r="B37" s="9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C37" s="8">
+        <v>1976</v>
+      </c>
+      <c r="D37" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F37" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="H37" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I37" s="21">
+        <v>3.6574074074074037E-2</v>
+      </c>
+      <c r="J37" s="8">
+        <v>8</v>
+      </c>
+      <c r="K37" s="8">
+        <v>1</v>
+      </c>
+      <c r="L37" s="11"/>
+    </row>
+    <row r="38" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A38" s="8">
+        <v>20</v>
+      </c>
+      <c r="B38" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="C38" s="8">
+        <v>1979</v>
+      </c>
+      <c r="D38" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F38" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="H38" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I38" s="21">
+        <v>3.6944444444444391E-2</v>
+      </c>
+      <c r="J38" s="8">
+        <v>9</v>
+      </c>
+      <c r="K38" s="22">
+        <v>5</v>
+      </c>
+      <c r="L38" s="11"/>
+    </row>
+    <row r="39" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A39" s="8">
+        <v>37</v>
+      </c>
+      <c r="B39" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C39" s="8">
+        <v>1982</v>
+      </c>
+      <c r="D39" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F39" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="H39" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I39" s="21">
+        <v>3.7430555555555578E-2</v>
+      </c>
+      <c r="J39" s="8">
+        <v>10</v>
+      </c>
+      <c r="K39" s="22">
         <v>6</v>
       </c>
-      <c r="B7" s="11" t="s">
+      <c r="L39" s="11"/>
+    </row>
+    <row r="40" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A40" s="8">
         <v>16</v>
       </c>
-      <c r="C7" s="10">
-[...2 lines deleted...]
-      <c r="D7" s="11" t="s">
+      <c r="B40" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C40" s="8">
+        <v>1957</v>
+      </c>
+      <c r="D40" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F40" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" s="20" t="s">
+        <v>29</v>
+      </c>
+      <c r="H40" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I40" s="21">
+        <v>3.8020833333333337E-2</v>
+      </c>
+      <c r="J40" s="8">
+        <v>11</v>
+      </c>
+      <c r="K40" s="8">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A41" s="8">
+        <v>3</v>
+      </c>
+      <c r="B41" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C41" s="8">
+        <v>1980</v>
+      </c>
+      <c r="D41" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="E41" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F41" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="H41" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I41" s="21">
+        <v>3.869212962962959E-2</v>
+      </c>
+      <c r="J41" s="8">
+        <v>12</v>
+      </c>
+      <c r="K41" s="8">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A42" s="8">
+        <v>1</v>
+      </c>
+      <c r="B42" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C42" s="8">
+        <v>1993</v>
+      </c>
+      <c r="D42" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="E42" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F42" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="H42" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I42" s="21">
+        <v>5.4467592592592595E-2</v>
+      </c>
+      <c r="J42" s="8">
         <v>13</v>
       </c>
-      <c r="E7" s="10" t="s">
-[...2 lines deleted...]
-      <c r="F7" s="10" t="s">
+      <c r="K42" s="8">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A43" s="8">
+        <v>39</v>
+      </c>
+      <c r="B43" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C43" s="8">
+        <v>1991</v>
+      </c>
+      <c r="D43" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F43" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="H43" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="I43" s="21"/>
+      <c r="J43" s="8"/>
+      <c r="K43" s="8"/>
+    </row>
+    <row r="44" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A44" s="8">
+        <v>11</v>
+      </c>
+      <c r="B44" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="C44" s="8">
+        <v>1983</v>
+      </c>
+      <c r="D44" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F44" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="H44" s="21" t="s">
         <v>17</v>
       </c>
-      <c r="G7" s="12">
-[...10 lines deleted...]
-      <c r="B8" s="11" t="s">
+      <c r="I44" s="21"/>
+      <c r="J44" s="8"/>
+      <c r="K44" s="8"/>
+    </row>
+    <row r="45" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A45" s="8">
+        <v>30</v>
+      </c>
+      <c r="B45" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C45" s="8">
+        <v>1980</v>
+      </c>
+      <c r="D45" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E45" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F45" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="H45" s="21" t="s">
         <v>18</v>
       </c>
-      <c r="C8" s="10">
-[...19 lines deleted...]
-      <c r="A9" s="10">
+      <c r="I45" s="21"/>
+      <c r="J45" s="8"/>
+      <c r="K45" s="8"/>
+    </row>
+    <row r="46" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A46" s="8">
+        <v>9</v>
+      </c>
+      <c r="B46" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C46" s="8">
+        <v>1973</v>
+      </c>
+      <c r="D46" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="E46" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F46" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="H46" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="I46" s="21"/>
+      <c r="J46" s="8"/>
+      <c r="K46" s="8"/>
+    </row>
+    <row r="47" spans="1:12" ht="24.95" customHeight="1">
+      <c r="A47" s="8">
+        <v>18</v>
+      </c>
+      <c r="B47" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C47" s="8">
+        <v>1967</v>
+      </c>
+      <c r="D47" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F47" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" s="20" t="s">
+        <v>28</v>
+      </c>
+      <c r="H47" s="21" t="s">
         <v>17</v>
       </c>
-      <c r="B9" s="11" t="s">
-[...1042 lines deleted...]
-      <c r="H54" s="15"/>
+      <c r="I47" s="21"/>
+      <c r="J47" s="8"/>
+      <c r="K47" s="22"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" sort="0" autoFilter="0"/>
-  <autoFilter ref="A5:H48">
-[...1 lines deleted...]
-      <sortCondition ref="G5:G48"/>
+  <autoFilter ref="A4:K47">
+    <filterColumn colId="3"/>
+    <filterColumn colId="4"/>
+    <filterColumn colId="5"/>
+    <filterColumn colId="6"/>
+    <filterColumn colId="7"/>
+    <sortState ref="A5:K47">
+      <sortCondition ref="I4:I47"/>
     </sortState>
   </autoFilter>
-  <mergeCells count="2">
-[...1 lines deleted...]
-    <mergeCell ref="G52:H52"/>
+  <mergeCells count="1">
+    <mergeCell ref="D1:E1"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="78" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="63" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Именованные диапазоны</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>