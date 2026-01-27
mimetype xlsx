--- v0 (2025-10-24)
+++ v1 (2026-01-27)
@@ -1,2184 +1,442 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
-  <workbookPr defaultThemeVersion="124226"/>
+  <workbookPr filterPrivacy="1" codeName="ЭтаКнига" defaultThemeVersion="124226"/>
   <bookViews>
-    <workbookView xWindow="240" yWindow="525" windowWidth="15015" windowHeight="7365" activeTab="2"/>
+    <workbookView xWindow="120" yWindow="135" windowWidth="15120" windowHeight="7755"/>
   </bookViews>
   <sheets>
-    <sheet name="Заявки" sheetId="1" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="Протокол" sheetId="4" r:id="rId3"/>
+    <sheet name="Протокол" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">Протокол!$B$3:$I$35</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Стартовый протокол'!$B$1:$K$30</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Протокол!$A$5:$K$37</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Протокол!$A$1:$K$37</definedName>
   </definedNames>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...32 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1198" uniqueCount="368">
-[...10 lines deleted...]
-    <t>Дата рождения</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="205" uniqueCount="64">
+  <si>
+    <t>Город</t>
+  </si>
+  <si>
+    <t>Малоярославец</t>
+  </si>
+  <si>
+    <t>Калуга</t>
+  </si>
+  <si>
+    <t>Москва</t>
+  </si>
+  <si>
+    <t>Балабаново</t>
+  </si>
+  <si>
+    <t>Попова Лидия</t>
+  </si>
+  <si>
+    <t>Обнинск</t>
+  </si>
+  <si>
+    <t>Мудрецкий Игорь</t>
+  </si>
+  <si>
+    <t>Крымовский Роман</t>
+  </si>
+  <si>
+    <t>Группа</t>
+  </si>
+  <si>
+    <t>ФИО</t>
+  </si>
+  <si>
+    <t>ГР</t>
+  </si>
+  <si>
+    <t>Номер</t>
+  </si>
+  <si>
+    <t>Время</t>
+  </si>
+  <si>
+    <t>Стецюк Дмитрий</t>
+  </si>
+  <si>
+    <t>Савенко Нателла</t>
+  </si>
+  <si>
+    <t>Дист.</t>
+  </si>
+  <si>
+    <t>Славуцкий Александр</t>
+  </si>
+  <si>
+    <t>Подольск</t>
+  </si>
+  <si>
+    <t>Купрюхин Павел</t>
+  </si>
+  <si>
+    <t>Протокол соревнований</t>
+  </si>
+  <si>
+    <t>Савенко Юрий</t>
+  </si>
+  <si>
+    <t>DNS</t>
+  </si>
+  <si>
+    <t>DNF</t>
+  </si>
+  <si>
+    <t>Абс</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
-    <t>Клуб</t>
-[...40 lines deleted...]
-  <si>
     <t>Статус</t>
   </si>
   <si>
-    <t>Пожертвование</t>
-[...86 lines deleted...]
-    <t>29дюймов</t>
+    <t>Q</t>
+  </si>
+  <si>
+    <t>м</t>
+  </si>
+  <si>
+    <t>ж</t>
+  </si>
+  <si>
+    <t>18-29</t>
+  </si>
+  <si>
+    <t>30-39</t>
+  </si>
+  <si>
+    <t>40-49</t>
+  </si>
+  <si>
+    <t>50-59</t>
+  </si>
+  <si>
+    <t>15-17</t>
+  </si>
+  <si>
+    <t>Кантри триатлон  "Лужамен"</t>
+  </si>
+  <si>
+    <t>Абрамов Дмитрий</t>
+  </si>
+  <si>
+    <t>Вахрушев Дмитрий</t>
+  </si>
+  <si>
+    <t>Серпухов-15</t>
+  </si>
+  <si>
+    <t>Горчаков Алексей</t>
+  </si>
+  <si>
+    <t>Доронин Алексей</t>
+  </si>
+  <si>
+    <t>Дугинов Даниил</t>
+  </si>
+  <si>
+    <t>Кокорев Денис</t>
+  </si>
+  <si>
+    <t>Кондрашова Елена</t>
   </si>
   <si>
     <t>Троицк</t>
   </si>
   <si>
-    <t>+7(926)791-03-18</t>
-[...152 lines deleted...]
-    <t>+7(916)209-66-08</t>
+    <t>Коныгин Михаил</t>
+  </si>
+  <si>
+    <t>Легкова Тиана</t>
+  </si>
+  <si>
+    <t>Любимов Кирилл</t>
+  </si>
+  <si>
+    <t>Морозова Наталия</t>
+  </si>
+  <si>
+    <t>Мясников Дмитрий</t>
+  </si>
+  <si>
+    <t>Непокрытых Сергей</t>
+  </si>
+  <si>
+    <t>Новиков Олег</t>
+  </si>
+  <si>
+    <t>Пивоваров Степан</t>
+  </si>
+  <si>
+    <t>Подвысоцкий Роман</t>
+  </si>
+  <si>
+    <t>Ракчеев Сергей</t>
+  </si>
+  <si>
+    <t>Седов Сергей</t>
+  </si>
+  <si>
+    <t>Ровно</t>
   </si>
   <si>
     <t>Чугунов Иван</t>
   </si>
   <si>
-    <t>Муж</t>
-[...19 lines deleted...]
-  <si>
     <t>Чугунова Екатерина</t>
   </si>
   <si>
-    <t>Стецюк</t>
-[...676 lines deleted...]
-  <si>
     <t>Шубин Дмитрий</t>
   </si>
   <si>
-    <t>Коныгин Михаил</t>
-[...70 lines deleted...]
-  <si>
     <t>Чинарев Сергей</t>
   </si>
   <si>
-    <t>DNS</t>
-[...1 lines deleted...]
-  <si>
     <t>Федькина Анна</t>
   </si>
   <si>
     <t>Прусов Виталий</t>
   </si>
   <si>
-    <t>DNF</t>
+    <t>15,3 км</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
-    <numFmt numFmtId="164" formatCode="dd\.mm\.yyyy\ hh"/>
+    <numFmt numFmtId="164" formatCode="h:mm:ss;@"/>
   </numFmts>
   <fonts count="5">
     <font>
       <sz val="11"/>
-      <name val="Arial"/>
-      <family val="1"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="13"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
-[...1 lines deleted...]
-      <family val="1"/>
+      <sz val="16"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-[...1 lines deleted...]
-      <family val="1"/>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
-      <name val="Arial"/>
+      <sz val="13"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
-    </font>
-[...4 lines deleted...]
-      <charset val="204"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="5" tint="0.59999389629810485"/>
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF92D050"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="842">
+  <cellXfs count="23">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1"/>
-[...813 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="1" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="1" fontId="4" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="22" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="22" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="1" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="21" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="21" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
-  <cellStyles count="2">
-    <cellStyle name="Normal" xfId="1"/>
+  <cellStyles count="1">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2420,4792 +678,1229 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB30"/>
+  <sheetPr codeName="Лист1"/>
+  <dimension ref="A1:K37"/>
   <sheetViews>
-    <sheetView showOutlineSymbols="0" showWhiteSpace="0" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="K38" sqref="K38"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.25"/>
+  <sheetFormatPr defaultRowHeight="19.5" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="16.5" bestFit="1" customWidth="1"/>
-[...24 lines deleted...]
-    <col min="26" max="28" width="57.75" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="10.28515625" style="3" customWidth="1"/>
+    <col min="2" max="2" width="25.140625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="8.42578125" style="3" customWidth="1"/>
+    <col min="4" max="4" width="20.7109375" style="3" customWidth="1"/>
+    <col min="5" max="5" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="8.85546875" style="3" customWidth="1"/>
+    <col min="7" max="7" width="8.85546875" style="17" customWidth="1"/>
+    <col min="8" max="8" width="8.85546875" style="3" customWidth="1"/>
+    <col min="9" max="9" width="13" style="6" customWidth="1"/>
+    <col min="10" max="11" width="9" style="5" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:28" ht="15">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:11" ht="19.5" customHeight="1">
+      <c r="D1" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="I1" s="10"/>
+      <c r="J1" s="15"/>
+    </row>
+    <row r="2" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A2" s="22">
+        <v>42602</v>
+      </c>
+      <c r="B2" s="22"/>
+      <c r="D2" s="9"/>
+      <c r="G2" s="18"/>
+      <c r="H2" s="4"/>
+      <c r="I2" s="4"/>
+      <c r="J2" s="4"/>
+      <c r="K2" s="4"/>
+    </row>
+    <row r="3" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A3" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" s="18"/>
+      <c r="H3" s="2"/>
+      <c r="I3" s="2"/>
+      <c r="J3" s="2"/>
+      <c r="K3" s="2"/>
+    </row>
+    <row r="5" spans="1:11" s="13" customFormat="1" ht="19.5" customHeight="1">
+      <c r="A5" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" s="11" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="E5" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="F5" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="G5" s="19" t="s">
+        <v>9</v>
+      </c>
+      <c r="H5" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="I5" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="J5" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="K5" s="11" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A6" s="7">
+        <v>25</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" s="7">
+        <v>1988</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F6" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G6" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="H6" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="I6" s="21">
+        <v>4.9537037037037039E-2</v>
+      </c>
+      <c r="J6" s="7">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="K6" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A7" s="7">
+        <v>26</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="7">
+        <v>1988</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F7" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G7" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="H7" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="I7" s="21">
+        <v>5.1064814814814813E-2</v>
+      </c>
+      <c r="J7" s="7">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="K7" s="7">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A8" s="7">
+        <v>21</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C8" s="7">
+        <v>1985</v>
+      </c>
+      <c r="D8" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E8" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F8" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G8" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="H8" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="I8" s="21">
+        <v>5.7326388888888892E-2</v>
+      </c>
+      <c r="J8" s="7">
+        <v>3</v>
+      </c>
+      <c r="K8" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A9" s="7">
+        <v>18</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" s="7">
+        <v>1985</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G9" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="H9" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="I9" s="21">
+        <v>5.8993055555555556E-2</v>
+      </c>
+      <c r="J9" s="7">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="K9" s="7">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A10" s="7">
+        <v>2</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C10" s="7">
+        <v>1977</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G10" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="H10" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="I10" s="21">
+        <v>5.9814814814814814E-2</v>
+      </c>
+      <c r="J10" s="7">
         <v>5</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="K10" s="7">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A11" s="7">
+        <v>4</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C11" s="7">
+        <v>1990</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E11" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F11" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G11" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="H11" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="I11" s="21">
+        <v>6.0347222222222219E-2</v>
+      </c>
+      <c r="J11" s="7">
         <v>6</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="K11" s="7">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A12" s="7">
+        <v>32</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C12" s="7">
+        <v>1985</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E12" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F12" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G12" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="H12" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="I12" s="21">
+        <v>6.1863425925925926E-2</v>
+      </c>
+      <c r="J12" s="7">
         <v>7</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="K12" s="7">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A13" s="7">
+        <v>10</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C13" s="7">
+        <v>1981</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E13" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F13" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G13" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="H13" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="I13" s="21">
+        <v>6.2175925925925933E-2</v>
+      </c>
+      <c r="J13" s="7">
         <v>8</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="K13" s="7">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A14" s="7">
+        <v>14</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C14" s="7">
+        <v>1979</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E14" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F14" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G14" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="H14" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="I14" s="21">
+        <v>6.655092592592593E-2</v>
+      </c>
+      <c r="J14" s="7">
         <v>9</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K14" s="7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A15" s="7">
+        <v>3</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C15" s="7">
+        <v>1980</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E15" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F15" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G15" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="H15" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="I15" s="21">
+        <v>6.8263888888888888E-2</v>
+      </c>
+      <c r="J15" s="7">
         <v>10</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="K15" s="7">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A16" s="7">
+        <v>15</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C16" s="7">
+        <v>1990</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E16" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F16" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G16" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="H16" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="I16" s="21">
+        <v>6.8587962962962962E-2</v>
+      </c>
+      <c r="J16" s="7">
         <v>11</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="K16" s="7">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A17" s="7">
+        <v>16</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C17" s="7">
+        <v>1981</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E17" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F17" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G17" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="H17" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="I17" s="21">
+        <v>7.2222222222222229E-2</v>
+      </c>
+      <c r="J17" s="7">
         <v>12</v>
       </c>
-      <c r="N1" s="1" t="s">
+      <c r="K17" s="7">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A18" s="7">
+        <v>6</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C18" s="7">
+        <v>1976</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="E18" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F18" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G18" s="20" t="s">
+        <v>32</v>
+      </c>
+      <c r="H18" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="I18" s="21">
+        <v>7.2997685185185179E-2</v>
+      </c>
+      <c r="J18" s="7">
         <v>13</v>
       </c>
-      <c r="O1" s="1" t="s">
+      <c r="K18" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A19" s="7">
+        <v>24</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C19" s="7">
+        <v>1965</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="E19" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F19" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G19" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="H19" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="I19" s="21">
+        <v>7.5844907407407403E-2</v>
+      </c>
+      <c r="J19" s="7">
         <v>14</v>
       </c>
-      <c r="P1" s="1" t="s">
+      <c r="K19" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A20" s="7">
+        <v>7</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C20" s="7">
+        <v>1971</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F20" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="G20" s="20" t="s">
+        <v>32</v>
+      </c>
+      <c r="H20" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="I20" s="21">
+        <v>8.0439814814814811E-2</v>
+      </c>
+      <c r="J20" s="7">
+        <v>1</v>
+      </c>
+      <c r="K20" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A21" s="7">
+        <v>9</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C21" s="7">
+        <v>1983</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E21" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F21" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G21" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="H21" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="I21" s="21">
+        <v>8.4062499999999998E-2</v>
+      </c>
+      <c r="J21" s="7">
         <v>15</v>
       </c>
-      <c r="Q1" s="1" t="s">
+      <c r="K21" s="7">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A22" s="7">
+        <v>13</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C22" s="7">
+        <v>1969</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="E22" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F22" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="G22" s="20" t="s">
+        <v>32</v>
+      </c>
+      <c r="H22" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="I22" s="21">
+        <v>8.5671296296296287E-2</v>
+      </c>
+      <c r="J22" s="7">
+        <v>2</v>
+      </c>
+      <c r="K22" s="7">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A23" s="7">
+        <v>22</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C23" s="7">
+        <v>1969</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="E23" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="G23" s="20" t="s">
+        <v>32</v>
+      </c>
+      <c r="H23" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="I23" s="21">
+        <v>8.5821759259259264E-2</v>
+      </c>
+      <c r="J23" s="7">
+        <v>3</v>
+      </c>
+      <c r="K23" s="7">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A24" s="7">
+        <v>11</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C24" s="7">
+        <v>1995</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="E24" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F24" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="G24" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="H24" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="I24" s="21">
+        <v>9.0370370370370379E-2</v>
+      </c>
+      <c r="J24" s="7">
+        <v>4</v>
+      </c>
+      <c r="K24" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A25" s="7">
+        <v>30</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C25" s="7">
+        <v>1958</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="E25" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F25" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G25" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="H25" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="I25" s="21">
+        <v>0.10549768518518519</v>
+      </c>
+      <c r="J25" s="7">
         <v>16</v>
       </c>
-      <c r="R1" s="1" t="s">
+      <c r="K25" s="7">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A26" s="7">
+        <v>31</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C26" s="7">
+        <v>1999</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E26" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F26" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="G26" s="20" t="s">
+        <v>34</v>
+      </c>
+      <c r="H26" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="I26" s="21">
+        <v>0.10549768518518519</v>
+      </c>
+      <c r="J26" s="7">
+        <v>5</v>
+      </c>
+      <c r="K26" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A27" s="7">
+        <v>1</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C27" s="7">
+        <v>1978</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E27" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F27" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G27" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="H27" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="I27" s="7"/>
+      <c r="J27" s="7"/>
+      <c r="K27" s="7"/>
+    </row>
+    <row r="28" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A28" s="7">
+        <v>5</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C28" s="7">
+        <v>1981</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E28" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G28" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="H28" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="I28" s="7"/>
+      <c r="J28" s="7"/>
+      <c r="K28" s="7"/>
+    </row>
+    <row r="29" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A29" s="7">
+        <v>8</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C29" s="7">
+        <v>1973</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E29" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F29" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G29" s="20" t="s">
+        <v>32</v>
+      </c>
+      <c r="H29" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="I29" s="7"/>
+      <c r="J29" s="7"/>
+      <c r="K29" s="7"/>
+    </row>
+    <row r="30" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A30" s="7">
+        <v>12</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C30" s="7">
+        <v>1988</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="E30" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F30" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G30" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="H30" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="I30" s="7"/>
+      <c r="J30" s="7"/>
+      <c r="K30" s="7"/>
+    </row>
+    <row r="31" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A31" s="7">
         <v>17</v>
       </c>
-      <c r="S1" s="1" t="s">
+      <c r="B31" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="C31" s="7">
+        <v>1973</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E31" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G31" s="20" t="s">
+        <v>32</v>
+      </c>
+      <c r="H31" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="I31" s="7"/>
+      <c r="J31" s="7"/>
+      <c r="K31" s="7"/>
+    </row>
+    <row r="32" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A32" s="7">
+        <v>19</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C32" s="7">
+        <v>1983</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E32" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G32" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="H32" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="I32" s="7"/>
+      <c r="J32" s="7"/>
+      <c r="K32" s="7"/>
+    </row>
+    <row r="33" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A33" s="7">
+        <v>20</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C33" s="7">
+        <v>1983</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="G33" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="H33" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="I33" s="7"/>
+      <c r="J33" s="7"/>
+      <c r="K33" s="7"/>
+    </row>
+    <row r="34" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A34" s="7">
+        <v>23</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C34" s="7">
+        <v>1969</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="E34" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F34" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G34" s="20" t="s">
+        <v>32</v>
+      </c>
+      <c r="H34" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="I34" s="7"/>
+      <c r="J34" s="7"/>
+      <c r="K34" s="7"/>
+    </row>
+    <row r="35" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A35" s="7">
+        <v>27</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C35" s="7">
+        <v>1990</v>
+      </c>
+      <c r="D35" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="T1" s="1" t="s">
-[...8 lines deleted...]
-      <c r="W1" s="1" t="s">
+      <c r="E35" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F35" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G35" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="H35" s="8" t="s">
         <v>22</v>
       </c>
-      <c r="X1" s="1" t="s">
-[...25 lines deleted...]
-      <c r="D2" s="5" t="s">
+      <c r="I35" s="7"/>
+      <c r="J35" s="7"/>
+      <c r="K35" s="7"/>
+    </row>
+    <row r="36" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A36" s="7">
+        <v>28</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="C36" s="7">
+        <v>1993</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E36" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F36" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="E2" s="6" t="s">
+      <c r="G36" s="20" t="s">
         <v>30</v>
       </c>
-      <c r="F2" s="7" t="s">
+      <c r="H36" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="I36" s="7"/>
+      <c r="J36" s="7"/>
+      <c r="K36" s="7"/>
+    </row>
+    <row r="37" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A37" s="7">
+        <v>29</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C37" s="7">
+        <v>1983</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E37" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F37" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G37" s="20" t="s">
         <v>31</v>
       </c>
-      <c r="G2" s="8" t="s">
-[...2472 lines deleted...]
-      </c>
+      <c r="H37" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="I37" s="7"/>
+      <c r="J37" s="7"/>
+      <c r="K37" s="7"/>
     </row>
   </sheetData>
-  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-[...1197 lines deleted...]
-      <sortCondition ref="B1:B30"/>
+  <sheetProtection sheet="1" objects="1" scenarios="1" sort="0" autoFilter="0"/>
+  <autoFilter ref="A5:K37">
+    <sortState ref="A6:K37">
+      <sortCondition ref="I5:I37"/>
     </sortState>
   </autoFilter>
+  <mergeCells count="1">
+    <mergeCell ref="A2:B2"/>
+  </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup orientation="landscape" r:id="rId1"/>
-[...894 lines deleted...]
-  <pageSetup orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="72" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Именованные диапазоны</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>Стартовый протокол</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Протокол</vt:lpstr>
+      <vt:lpstr>Протокол!Область_печати</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>axlsx</dc:creator>
-[...2 lines deleted...]
-  <cp:lastPrinted></cp:lastPrinted>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>