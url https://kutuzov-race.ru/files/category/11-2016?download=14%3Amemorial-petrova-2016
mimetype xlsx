--- v0 (2025-10-07)
+++ v1 (2026-01-14)
@@ -1,3300 +1,1563 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
-  <workbookPr defaultThemeVersion="124226"/>
+  <workbookPr filterPrivacy="1" codeName="ЭтаКнига" defaultThemeVersion="124226"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="15600" windowHeight="8190" tabRatio="986"/>
+    <workbookView xWindow="120" yWindow="135" windowWidth="15120" windowHeight="7755"/>
   </bookViews>
   <sheets>
-    <sheet name="Роллеры" sheetId="1" r:id="rId1"/>
-[...5 lines deleted...]
-    <sheet name="Бег 5 км" sheetId="7" r:id="rId7"/>
+    <sheet name="Протокол" sheetId="4" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="124519" iterateDelta="1E-4"/>
-  <fileRecoveryPr repairLoad="1"/>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Протокол!$A$5:$K$212</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Протокол!$A$1:$K$159</definedName>
+  </definedNames>
+  <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1759" uniqueCount="905">
-[...61 lines deleted...]
-    <t>00:23:29.35</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1417" uniqueCount="436">
+  <si>
+    <t>Город</t>
+  </si>
+  <si>
+    <t>Малоярославец</t>
+  </si>
+  <si>
+    <t>Калуга</t>
+  </si>
+  <si>
+    <t>Москва</t>
+  </si>
+  <si>
+    <t>Балабаново</t>
+  </si>
+  <si>
+    <t>Белов Антон</t>
+  </si>
+  <si>
+    <t>Брусов Денис</t>
+  </si>
+  <si>
+    <t>Санкт-Петербург</t>
+  </si>
+  <si>
+    <t>Подшибякина Мария</t>
+  </si>
+  <si>
+    <t>Обнинск</t>
+  </si>
+  <si>
+    <t>Семушов Сергей</t>
+  </si>
+  <si>
+    <t>Истра</t>
+  </si>
+  <si>
+    <t>Королев</t>
+  </si>
+  <si>
+    <t>Буравцова Анастасия</t>
+  </si>
+  <si>
+    <t>Уржумова Галина</t>
+  </si>
+  <si>
+    <t>Кутявина Екатерина</t>
+  </si>
+  <si>
+    <t>Мудрецкий Игорь</t>
+  </si>
+  <si>
+    <t>Крымовский Роман</t>
+  </si>
+  <si>
+    <t>Крымовская Светлана</t>
+  </si>
+  <si>
+    <t>Голубятников Сергей</t>
+  </si>
+  <si>
+    <t>Легкова Татьяна</t>
+  </si>
+  <si>
+    <t>Группа</t>
+  </si>
+  <si>
+    <t>ФИО</t>
+  </si>
+  <si>
+    <t>ГР</t>
+  </si>
+  <si>
+    <t>Номер</t>
+  </si>
+  <si>
+    <t>Время</t>
+  </si>
+  <si>
+    <t>Матяш Сергей</t>
+  </si>
+  <si>
+    <t>Исаев Алексей</t>
+  </si>
+  <si>
+    <t>Зубкова Анна</t>
+  </si>
+  <si>
+    <t>Чехов</t>
+  </si>
+  <si>
+    <t>Бобылев Георгий</t>
+  </si>
+  <si>
+    <t>Геряндин Иван</t>
+  </si>
+  <si>
+    <t>Зубков Андрей</t>
+  </si>
+  <si>
+    <t>Стецюк Дмитрий</t>
+  </si>
+  <si>
+    <t>Норина Анна</t>
+  </si>
+  <si>
+    <t>Ильюхин Андрей</t>
+  </si>
+  <si>
+    <t>Борисов Вячеслав</t>
+  </si>
+  <si>
+    <t>Панское</t>
+  </si>
+  <si>
+    <t>Савенко Нателла</t>
+  </si>
+  <si>
+    <t>Дист.</t>
+  </si>
+  <si>
+    <t>Славуцкий Александр</t>
+  </si>
+  <si>
+    <t>Зубкова Валерия</t>
+  </si>
+  <si>
+    <t>Серпухов</t>
+  </si>
+  <si>
+    <t>Соловьев Роман</t>
+  </si>
+  <si>
+    <t>Подольск</t>
+  </si>
+  <si>
+    <t>Кижняев Дмитрий</t>
+  </si>
+  <si>
+    <t>Лазарев Михаил</t>
+  </si>
+  <si>
+    <t>Боровск</t>
+  </si>
+  <si>
+    <t>Протокол соревнований</t>
+  </si>
+  <si>
+    <t>Червяков Петр</t>
+  </si>
+  <si>
+    <t>Федькин Антон</t>
+  </si>
+  <si>
+    <t>Савенко Юрий</t>
+  </si>
+  <si>
+    <t>DNS</t>
+  </si>
+  <si>
+    <t>DNF</t>
+  </si>
+  <si>
+    <t>Боссерт Игорь</t>
+  </si>
+  <si>
+    <t>Жуков</t>
+  </si>
+  <si>
+    <t>Абс</t>
+  </si>
+  <si>
+    <t>Пол</t>
+  </si>
+  <si>
+    <t>Статус</t>
   </si>
   <si>
     <t>Q</t>
   </si>
   <si>
-    <t>Левин</t>
-[...2646 lines deleted...]
-    <t>Четверикова</t>
+    <t>м</t>
+  </si>
+  <si>
+    <t>ж</t>
+  </si>
+  <si>
+    <t>18-29</t>
+  </si>
+  <si>
+    <t>30-39</t>
+  </si>
+  <si>
+    <t>40-49</t>
+  </si>
+  <si>
+    <t>50-59</t>
+  </si>
+  <si>
+    <t>Шишов Константин</t>
+  </si>
+  <si>
+    <t>21 км</t>
+  </si>
+  <si>
+    <t>Самигуллин Рафаэль</t>
+  </si>
+  <si>
+    <t>Непокрытых Сергей</t>
+  </si>
+  <si>
+    <t>Жмаев Олег</t>
+  </si>
+  <si>
+    <t>Половинкин Дмитрий</t>
+  </si>
+  <si>
+    <t>Саримов Марат</t>
+  </si>
+  <si>
+    <t>10 км</t>
+  </si>
+  <si>
+    <t>Пидимов Андрей</t>
+  </si>
+  <si>
+    <t>Троицк</t>
+  </si>
+  <si>
+    <t>Поздняков Андрей</t>
+  </si>
+  <si>
+    <t>Домодедово</t>
+  </si>
+  <si>
+    <t>Крушельницкий Владимир</t>
+  </si>
+  <si>
+    <t>Баранов Виталий</t>
+  </si>
+  <si>
+    <t>Суровцев Дмитрий</t>
+  </si>
+  <si>
+    <t>Куракин Сергей</t>
+  </si>
+  <si>
+    <t>Нерозин Дмитрий</t>
+  </si>
+  <si>
+    <t>Пранцкевич Анатолий</t>
+  </si>
+  <si>
+    <t>Чаусов Владимир</t>
+  </si>
+  <si>
+    <t>Тер-Погосян Рудольф</t>
+  </si>
+  <si>
+    <t>Токмаков Антон</t>
+  </si>
+  <si>
+    <t>Соин Евгений</t>
+  </si>
+  <si>
+    <t>Думиничи</t>
+  </si>
+  <si>
+    <t>Леонтьев Владимир</t>
+  </si>
+  <si>
+    <t>Матющенко Светлана</t>
+  </si>
+  <si>
+    <t>Новикова Любовь</t>
+  </si>
+  <si>
+    <t>Непокрытых Надежда</t>
+  </si>
+  <si>
+    <t>Голубев Олег</t>
+  </si>
+  <si>
+    <t>Петров Руслан</t>
+  </si>
+  <si>
+    <t>Андреев Александр</t>
+  </si>
+  <si>
+    <t>Калачев Стас</t>
+  </si>
+  <si>
+    <t>Пономарева Ирина</t>
+  </si>
+  <si>
+    <t>Евлаш Ярослав</t>
+  </si>
+  <si>
+    <t>Прокофьев Игорь</t>
+  </si>
+  <si>
+    <t>Прокофьева Татьяна</t>
+  </si>
+  <si>
+    <t>Седов Сергей</t>
+  </si>
+  <si>
+    <t>Двоенко Николай</t>
+  </si>
+  <si>
+    <t>Унеча</t>
+  </si>
+  <si>
+    <t>Ефремов Алексей</t>
+  </si>
+  <si>
+    <t>5 км</t>
+  </si>
+  <si>
+    <t>Покревский Дмитрий</t>
+  </si>
+  <si>
+    <t>Михалев Павел</t>
+  </si>
+  <si>
+    <t>Кикнур</t>
+  </si>
+  <si>
+    <t>Хрычёв Юрий</t>
+  </si>
+  <si>
+    <t>Головина Анна</t>
+  </si>
+  <si>
+    <t>Минин Алексей</t>
+  </si>
+  <si>
+    <t>Нестеренко Мария</t>
+  </si>
+  <si>
+    <t>Кунина Алла</t>
+  </si>
+  <si>
+    <t>Гольцов Александр</t>
+  </si>
+  <si>
+    <t>Кожин Петр</t>
+  </si>
+  <si>
+    <t>Вахрушев Дмитрий</t>
+  </si>
+  <si>
+    <t>Кузина Ольга</t>
+  </si>
+  <si>
+    <t>Субботина Светлана</t>
+  </si>
+  <si>
+    <t>Руменко Владимир</t>
+  </si>
+  <si>
+    <t>Мякотина Наталья</t>
+  </si>
+  <si>
+    <t>Габрильян Артем</t>
+  </si>
+  <si>
+    <t>Мазепа Владимир</t>
+  </si>
+  <si>
+    <t>Хачатрян Арсен</t>
+  </si>
+  <si>
+    <t>Иванов Эдуард</t>
+  </si>
+  <si>
+    <t>Матвеев Антон</t>
+  </si>
+  <si>
+    <t>Марченко Александр</t>
+  </si>
+  <si>
+    <t>Алёшин Максим</t>
+  </si>
+  <si>
+    <t>Инкин Виктор</t>
+  </si>
+  <si>
+    <t>Карпов Алексей</t>
+  </si>
+  <si>
+    <t>Грибанов Михаил</t>
+  </si>
+  <si>
+    <t>Брянск</t>
+  </si>
+  <si>
+    <t>Чернышев Виктор</t>
+  </si>
+  <si>
+    <t>Баткаев Ринат</t>
+  </si>
+  <si>
+    <t>Левин Виталий</t>
+  </si>
+  <si>
+    <t>Крепков Иван</t>
+  </si>
+  <si>
+    <t>Паршиков Игорь</t>
+  </si>
+  <si>
+    <t>Морозов Дмитрий</t>
+  </si>
+  <si>
+    <t>Чинарев Сергей</t>
+  </si>
+  <si>
+    <t>Сергеев Андрей</t>
+  </si>
+  <si>
+    <t>Рославль</t>
+  </si>
+  <si>
+    <t>Подшибякин Александр</t>
+  </si>
+  <si>
+    <t>Дятлов Федор</t>
+  </si>
+  <si>
+    <t>Лапшин Николай</t>
+  </si>
+  <si>
+    <t>Лапшин Игорь</t>
+  </si>
+  <si>
+    <t>Корочков Александр</t>
+  </si>
+  <si>
+    <t>Синюков Игорь</t>
+  </si>
+  <si>
+    <t>Баев Денис</t>
+  </si>
+  <si>
+    <t>Минаев Юрий</t>
+  </si>
+  <si>
+    <t>Зыкова Нина</t>
+  </si>
+  <si>
+    <t>Сураева Елена</t>
+  </si>
+  <si>
+    <t>Аникеев Александр</t>
+  </si>
+  <si>
+    <t>Малецкий Роман</t>
+  </si>
+  <si>
+    <t>Ветохин Михаил</t>
+  </si>
+  <si>
+    <t>Ельня</t>
+  </si>
+  <si>
+    <t>Тихов Николай</t>
+  </si>
+  <si>
+    <t>Десногорск</t>
+  </si>
+  <si>
+    <t>Архипов Владимир</t>
+  </si>
+  <si>
+    <t>Ращупкин Алексей</t>
+  </si>
+  <si>
+    <t>Ковалев Павел</t>
+  </si>
+  <si>
+    <t>Власов Владимир</t>
+  </si>
+  <si>
+    <t>Воробьев Даниил</t>
+  </si>
+  <si>
+    <t>Хромылев Виктор</t>
+  </si>
+  <si>
+    <t>Ласунов Марк</t>
+  </si>
+  <si>
+    <t>Танцуев Дмитрий</t>
+  </si>
+  <si>
+    <t>Кулешов Владимир</t>
+  </si>
+  <si>
+    <t>Мосальцев Евгений</t>
+  </si>
+  <si>
+    <t>Навля</t>
+  </si>
+  <si>
+    <t>Носов Алексей</t>
+  </si>
+  <si>
+    <t>Волошин Артём</t>
+  </si>
+  <si>
+    <t>Нестеров Василий</t>
+  </si>
+  <si>
+    <t>Середкин Александр</t>
+  </si>
+  <si>
+    <t>Гайдай Николай</t>
+  </si>
+  <si>
+    <t>Литвиненко Иван</t>
+  </si>
+  <si>
+    <t>Хромушкин Евгений</t>
+  </si>
+  <si>
+    <t>Федькина Анна</t>
+  </si>
+  <si>
+    <t>Подвысокий Роман</t>
+  </si>
+  <si>
+    <t>Хромушкина Лидия</t>
+  </si>
+  <si>
+    <t>Гущина Жанна</t>
+  </si>
+  <si>
+    <t>Мясников Дмитрий</t>
+  </si>
+  <si>
+    <t>Стриженко Татьяна</t>
+  </si>
+  <si>
+    <t>Минин Андрей</t>
+  </si>
+  <si>
+    <t>Косов Денис</t>
+  </si>
+  <si>
+    <t>Селиванов Николай</t>
+  </si>
+  <si>
+    <t>Дубровский Родион</t>
+  </si>
+  <si>
+    <t>Саратов</t>
+  </si>
+  <si>
+    <t>Богатко Алексей</t>
+  </si>
+  <si>
+    <t>Ефимов Алексей</t>
+  </si>
+  <si>
+    <t>Шашков Алексей</t>
+  </si>
+  <si>
+    <t>Михайлов Сергей</t>
+  </si>
+  <si>
+    <t>Краснознаменск</t>
+  </si>
+  <si>
+    <t>Конин Игорь</t>
+  </si>
+  <si>
+    <t>Попов Андрей</t>
+  </si>
+  <si>
+    <t>Гусев Сергей</t>
+  </si>
+  <si>
+    <t>Перепелкина Татьяна</t>
+  </si>
+  <si>
+    <t>Покревский Алексей</t>
+  </si>
+  <si>
+    <t>Мякинин Михаил</t>
+  </si>
+  <si>
+    <t>Бобышева Тамара</t>
+  </si>
+  <si>
+    <t>Черныш Виктор</t>
+  </si>
+  <si>
+    <t>Андреев Николай</t>
+  </si>
+  <si>
+    <t>Горчакова Людмила</t>
+  </si>
+  <si>
+    <t>Петров Валерий</t>
+  </si>
+  <si>
+    <t>Горчаков Алексей</t>
+  </si>
+  <si>
+    <t>Кустова Лолита</t>
+  </si>
+  <si>
+    <t>Рыбаков Алексей</t>
+  </si>
+  <si>
+    <t>Каримов Марат</t>
+  </si>
+  <si>
+    <t>Вильчинский Павел</t>
+  </si>
+  <si>
+    <t>Кульбацкий Евгений</t>
+  </si>
+  <si>
+    <t>Шуров Дмитрий</t>
+  </si>
+  <si>
+    <t>Сальников Никита</t>
+  </si>
+  <si>
+    <t>Гузеева Кристина</t>
+  </si>
+  <si>
+    <t>Феньев Филипп</t>
+  </si>
+  <si>
+    <t>Скульская Любовь</t>
+  </si>
+  <si>
+    <t>Зубков Дмитрий</t>
+  </si>
+  <si>
+    <t>Афанасьева Юлия</t>
+  </si>
+  <si>
+    <t>Четверикова Мария</t>
+  </si>
+  <si>
+    <t>Курмаева Аделя</t>
+  </si>
+  <si>
+    <t>Богунов Сергей</t>
+  </si>
+  <si>
+    <t>Днепр</t>
+  </si>
+  <si>
+    <t>Долдо Константин</t>
+  </si>
+  <si>
+    <t>Сергеечев Олег</t>
+  </si>
+  <si>
+    <t>Спиридонов Александр</t>
+  </si>
+  <si>
+    <t>Тарасов Андрей</t>
+  </si>
+  <si>
+    <t>Теленкова Ирина</t>
+  </si>
+  <si>
+    <t>Мокрушин Сергей</t>
+  </si>
+  <si>
+    <t>Коржов Николай</t>
+  </si>
+  <si>
+    <t>Фогелева Екатерина</t>
+  </si>
+  <si>
+    <t>Наро-Фоминск</t>
+  </si>
+  <si>
+    <t>Ровно</t>
+  </si>
+  <si>
+    <t>Уварова Любовь</t>
+  </si>
+  <si>
+    <t>Купаев Вадим</t>
+  </si>
+  <si>
+    <t>Мышкова Дарья</t>
+  </si>
+  <si>
+    <t>Димитриев Дмитрий</t>
+  </si>
+  <si>
+    <t>Шагаев Алексей</t>
+  </si>
+  <si>
+    <t>Межерицкий Ефим</t>
+  </si>
+  <si>
+    <t>Сергеева Ольга</t>
+  </si>
+  <si>
+    <t>Комлев Юрий</t>
+  </si>
+  <si>
+    <t>Казыханов Роман</t>
+  </si>
+  <si>
+    <t>Кирьянов Михаил</t>
+  </si>
+  <si>
+    <t>Баранов Владислав</t>
+  </si>
+  <si>
+    <t>Оленева Виктория</t>
+  </si>
+  <si>
+    <t>Астахов Олег</t>
+  </si>
+  <si>
+    <t>Дмитренко Юрий</t>
+  </si>
+  <si>
+    <t>Прусов Виталий</t>
+  </si>
+  <si>
+    <t>Армеев Андрей</t>
+  </si>
+  <si>
+    <t>Малых Эдуард</t>
+  </si>
+  <si>
+    <t>Бауер Иван</t>
+  </si>
+  <si>
+    <t>Митюшин Михаил</t>
+  </si>
+  <si>
+    <t>Божко Филипп</t>
+  </si>
+  <si>
+    <t>Воробьев Владимир</t>
+  </si>
+  <si>
+    <t>Щербаков Александр</t>
+  </si>
+  <si>
+    <t>Горбунев Игорь</t>
+  </si>
+  <si>
+    <t>Денисов Иван</t>
+  </si>
+  <si>
+    <t>Галицын Дмитрий</t>
+  </si>
+  <si>
+    <t>Дороднов Николай</t>
+  </si>
+  <si>
+    <t>Швец Василий</t>
+  </si>
+  <si>
+    <t>Березовка</t>
+  </si>
+  <si>
+    <t>Чинарев Иван</t>
+  </si>
+  <si>
+    <t>02:14:46</t>
+  </si>
+  <si>
+    <t>00:30:41</t>
+  </si>
+  <si>
+    <t>01:50:11</t>
+  </si>
+  <si>
+    <t>00:58:01</t>
+  </si>
+  <si>
+    <t>01:21:56</t>
+  </si>
+  <si>
+    <t>00:26:54</t>
+  </si>
+  <si>
+    <t>01:45:00</t>
+  </si>
+  <si>
+    <t>00:38:53</t>
+  </si>
+  <si>
+    <t>00:34:55</t>
+  </si>
+  <si>
+    <t>00:35:22</t>
+  </si>
+  <si>
+    <t>00:37:07</t>
+  </si>
+  <si>
+    <t>01:05:19</t>
+  </si>
+  <si>
+    <t>00:50:01</t>
+  </si>
+  <si>
+    <t>01:52:39</t>
+  </si>
+  <si>
+    <t>01:40:56</t>
+  </si>
+  <si>
+    <t>02:21:37</t>
+  </si>
+  <si>
+    <t>02:22:56</t>
+  </si>
+  <si>
+    <t>02:22:23</t>
+  </si>
+  <si>
+    <t>01:38:06</t>
+  </si>
+  <si>
+    <t>00:39:35</t>
+  </si>
+  <si>
+    <t>01:43:23</t>
+  </si>
+  <si>
+    <t>02:04:04</t>
+  </si>
+  <si>
+    <t>01:41:22</t>
+  </si>
+  <si>
+    <t>01:05:05</t>
+  </si>
+  <si>
+    <t>00:30:22</t>
+  </si>
+  <si>
+    <t>01:28:54</t>
+  </si>
+  <si>
+    <t>01:12:29</t>
+  </si>
+  <si>
+    <t>02:26:29</t>
+  </si>
+  <si>
+    <t>00:25:50</t>
+  </si>
+  <si>
+    <t>00:36:23</t>
+  </si>
+  <si>
+    <t>00:52:09</t>
+  </si>
+  <si>
+    <t>00:39:28</t>
+  </si>
+  <si>
+    <t>00:41:21</t>
+  </si>
+  <si>
+    <t>00:42:29</t>
+  </si>
+  <si>
+    <t>00:39:09</t>
+  </si>
+  <si>
+    <t>00:23:29</t>
+  </si>
+  <si>
+    <t>00:29:14</t>
+  </si>
+  <si>
+    <t>02:10:03</t>
+  </si>
+  <si>
+    <t>01:49:24</t>
+  </si>
+  <si>
+    <t>01:34:36</t>
+  </si>
+  <si>
+    <t>01:54:10</t>
+  </si>
+  <si>
+    <t>00:58:44</t>
+  </si>
+  <si>
+    <t>01:28:08</t>
+  </si>
+  <si>
+    <t>00:22:49</t>
+  </si>
+  <si>
+    <t>00:41:13</t>
+  </si>
+  <si>
+    <t>00:58:22</t>
+  </si>
+  <si>
+    <t>00:47:38</t>
+  </si>
+  <si>
+    <t>00:53:38</t>
+  </si>
+  <si>
+    <t>00:42:01</t>
+  </si>
+  <si>
+    <t>01:13:19</t>
+  </si>
+  <si>
+    <t>02:06:36</t>
+  </si>
+  <si>
+    <t>01:54:05</t>
+  </si>
+  <si>
+    <t>00:49:15</t>
+  </si>
+  <si>
+    <t>01:11:11</t>
+  </si>
+  <si>
+    <t>00:39:18</t>
+  </si>
+  <si>
+    <t>00:51:40</t>
+  </si>
+  <si>
+    <t>02:29:00</t>
+  </si>
+  <si>
+    <t>01:50:33</t>
+  </si>
+  <si>
+    <t>02:22:35</t>
+  </si>
+  <si>
+    <t>00:59:12</t>
+  </si>
+  <si>
+    <t>02:09:02</t>
+  </si>
+  <si>
+    <t>01:40:12</t>
+  </si>
+  <si>
+    <t>00:52:56</t>
+  </si>
+  <si>
+    <t>00:24:47</t>
+  </si>
+  <si>
+    <t>00:42:37</t>
+  </si>
+  <si>
+    <t>00:52:23</t>
+  </si>
+  <si>
+    <t>00:53:27</t>
+  </si>
+  <si>
+    <t>01:34:41</t>
+  </si>
+  <si>
+    <t>00:20:35</t>
+  </si>
+  <si>
+    <t>01:46:41</t>
+  </si>
+  <si>
+    <t>01:14:17</t>
+  </si>
+  <si>
+    <t>00:26:09</t>
+  </si>
+  <si>
+    <t>02:15:20</t>
+  </si>
+  <si>
+    <t>01:58:51</t>
+  </si>
+  <si>
+    <t>00:46:36</t>
+  </si>
+  <si>
+    <t>01:54:42</t>
+  </si>
+  <si>
+    <t>00:58:10</t>
+  </si>
+  <si>
+    <t>00:38:00</t>
+  </si>
+  <si>
+    <t>00:43:38</t>
+  </si>
+  <si>
+    <t>01:10:24</t>
+  </si>
+  <si>
+    <t>00:57:57</t>
+  </si>
+  <si>
+    <t>00:55:07</t>
+  </si>
+  <si>
+    <t>00:41:29</t>
+  </si>
+  <si>
+    <t>01:45:16</t>
+  </si>
+  <si>
+    <t>00:24:48</t>
+  </si>
+  <si>
+    <t>02:23:28</t>
+  </si>
+  <si>
+    <t>00:24:04</t>
+  </si>
+  <si>
+    <t>00:37:01</t>
+  </si>
+  <si>
+    <t>00:41:47</t>
+  </si>
+  <si>
+    <t>00:37:59</t>
+  </si>
+  <si>
+    <t>00:24:37</t>
+  </si>
+  <si>
+    <t>00:27:54</t>
+  </si>
+  <si>
+    <t>02:13:14</t>
+  </si>
+  <si>
+    <t>01:33:11</t>
+  </si>
+  <si>
+    <t>01:11:06</t>
+  </si>
+  <si>
+    <t>00:50:28</t>
+  </si>
+  <si>
+    <t>00:39:22</t>
+  </si>
+  <si>
+    <t>00:57:52</t>
+  </si>
+  <si>
+    <t>00:57:55</t>
+  </si>
+  <si>
+    <t>00:45:32</t>
+  </si>
+  <si>
+    <t>00:50:12</t>
+  </si>
+  <si>
+    <t>00:45:01</t>
+  </si>
+  <si>
+    <t>01:38:11</t>
+  </si>
+  <si>
+    <t>00:42:30</t>
+  </si>
+  <si>
+    <t>00:58:12</t>
+  </si>
+  <si>
+    <t>01:55:35</t>
+  </si>
+  <si>
+    <t>00:20:21</t>
+  </si>
+  <si>
+    <t>01:39:56</t>
+  </si>
+  <si>
+    <t>01:13:12</t>
+  </si>
+  <si>
+    <t>01:43:02</t>
+  </si>
+  <si>
+    <t>00:40:29</t>
+  </si>
+  <si>
+    <t>00:22:15</t>
+  </si>
+  <si>
+    <t>01:01:06</t>
+  </si>
+  <si>
+    <t>01:53:10</t>
+  </si>
+  <si>
+    <t>00:41:37</t>
+  </si>
+  <si>
+    <t>01:32:06</t>
+  </si>
+  <si>
+    <t>00:52:03</t>
+  </si>
+  <si>
+    <t>02:05:57</t>
+  </si>
+  <si>
+    <t>00:47:52</t>
+  </si>
+  <si>
+    <t>01:47:25</t>
+  </si>
+  <si>
+    <t>00:51:00</t>
+  </si>
+  <si>
+    <t>00:52:33</t>
+  </si>
+  <si>
+    <t>00:55:53</t>
+  </si>
+  <si>
+    <t>00:33:45</t>
+  </si>
+  <si>
+    <t>01:30:37</t>
+  </si>
+  <si>
+    <t>00:40:10</t>
+  </si>
+  <si>
+    <t>00:34:02</t>
+  </si>
+  <si>
+    <t>00:24:07</t>
+  </si>
+  <si>
+    <t>02:11:38</t>
+  </si>
+  <si>
+    <t>02:14:43</t>
+  </si>
+  <si>
+    <t>00:27:44</t>
+  </si>
+  <si>
+    <t>02:14:09</t>
+  </si>
+  <si>
+    <t>00:42:07</t>
+  </si>
+  <si>
+    <t>00:30:42</t>
+  </si>
+  <si>
+    <t>00:41:11</t>
+  </si>
+  <si>
+    <t>00:32:55</t>
+  </si>
+  <si>
+    <t>00:32:27</t>
+  </si>
+  <si>
+    <t>00:22:42</t>
+  </si>
+  <si>
+    <t>02:16:52</t>
+  </si>
+  <si>
+    <t>00:44:53</t>
+  </si>
+  <si>
+    <t>01:02:03</t>
+  </si>
+  <si>
+    <t>00:35:32</t>
+  </si>
+  <si>
+    <t>00:19:10</t>
+  </si>
+  <si>
+    <t>00:24:15</t>
+  </si>
+  <si>
+    <t>02:13:23</t>
+  </si>
+  <si>
+    <t>00:26:03</t>
+  </si>
+  <si>
+    <t>00:31:19</t>
+  </si>
+  <si>
+    <t>00:38:04</t>
+  </si>
+  <si>
+    <t>01:05:08</t>
+  </si>
+  <si>
+    <t>00:40:38</t>
+  </si>
+  <si>
+    <t>00:23:40</t>
+  </si>
+  <si>
+    <t>00:43:54</t>
+  </si>
+  <si>
+    <t>00:48:40</t>
+  </si>
+  <si>
+    <t>00:39:41</t>
+  </si>
+  <si>
+    <t>00:29:38</t>
+  </si>
+  <si>
+    <t>00:39:03</t>
+  </si>
+  <si>
+    <t>02:06:32</t>
+  </si>
+  <si>
+    <t>01:39:35</t>
+  </si>
+  <si>
+    <t>00:36:49</t>
+  </si>
+  <si>
+    <t>00:47:10</t>
+  </si>
+  <si>
+    <t>01:03:42</t>
+  </si>
+  <si>
+    <t>01:16:47</t>
+  </si>
+  <si>
+    <t>00:33:49</t>
+  </si>
+  <si>
+    <t>00:36:43</t>
+  </si>
+  <si>
+    <t>00:27:59</t>
+  </si>
+  <si>
+    <t>00:47:23</t>
+  </si>
+  <si>
+    <t>02:01:28</t>
+  </si>
+  <si>
+    <t>00:54:08</t>
+  </si>
+  <si>
+    <t>00:55:42</t>
+  </si>
+  <si>
+    <t>00:49:22</t>
+  </si>
+  <si>
+    <t>00:53:14</t>
+  </si>
+  <si>
+    <t>Мемориал Василия Петрова</t>
+  </si>
+  <si>
+    <t>Вело</t>
+  </si>
+  <si>
+    <t>Роллеры</t>
+  </si>
+  <si>
+    <t>Троеборье</t>
+  </si>
+  <si>
+    <t>Покров</t>
+  </si>
+  <si>
+    <t>60-69</t>
+  </si>
+  <si>
+    <t>70-79</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
-    <numFmt numFmtId="164" formatCode="hh:mm:ss.00;&quot;- &quot;hh:mm:ss.00;\-"/>
+    <numFmt numFmtId="164" formatCode="h:mm:ss;@"/>
   </numFmts>
-  <fonts count="11">
+  <fonts count="5">
     <font>
       <sz val="11"/>
-      <name val="Arial"/>
-[...4 lines deleted...]
-      <sz val="14"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
+      <scheme val="minor"/>
     </font>
     <font>
-      <sz val="12"/>
+      <sz val="13"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
+      <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
+      <b/>
+      <sz val="16"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
+      <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color rgb="FF000000"/>
+      <sz val="8"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
+      <sz val="13"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
-    </font>
-[...33 lines deleted...]
-      <charset val="1"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF66FFFF"/>
-        <bgColor rgb="FF33CCCC"/>
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF92D050"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="3">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...1 lines deleted...]
-      <top/>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
       <bottom style="thin">
-        <color auto="1"/>
-[...14 lines deleted...]
-        <color auto="1"/>
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyBorder="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="21">
+  <cellXfs count="24">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="top"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="22" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...22 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
-  <cellStyles count="3">
-    <cellStyle name="Гиперссылка" xfId="1" builtinId="8"/>
+  <cellStyles count="1">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
-    <cellStyle name="Пояснение" xfId="2" builtinId="53" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
-  <colors>
-[...66 lines deleted...]
-  </colors>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
-[...229 lines deleted...]
-</xdr:wsDr>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3537,9001 +1800,7191 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ms@3sport.org" TargetMode="External"/></Relationships>
-[...15 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ms@3sport.org" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:L25"/>
+  <sheetPr codeName="Лист1"/>
+  <dimension ref="A1:K212"/>
   <sheetViews>
-    <sheetView tabSelected="1" showOutlineSymbols="0" workbookViewId="0">
-      <selection activeCell="G17" sqref="G17"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.25"/>
+  <sheetFormatPr defaultRowHeight="19.5" customHeight="1"/>
   <cols>
-    <col min="1" max="4" width="10.5"/>
-[...1 lines deleted...]
-    <col min="6" max="1025" width="10.5"/>
+    <col min="1" max="1" width="10.28515625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="25.42578125" style="3" customWidth="1"/>
+    <col min="3" max="3" width="8.42578125" style="2" customWidth="1"/>
+    <col min="4" max="4" width="20.7109375" style="2" customWidth="1"/>
+    <col min="5" max="5" width="12.28515625" style="3" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="8.85546875" style="2" customWidth="1"/>
+    <col min="7" max="7" width="13" style="13" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="8.85546875" style="2" customWidth="1"/>
+    <col min="9" max="9" width="13" style="5" customWidth="1"/>
+    <col min="10" max="11" width="9" style="23" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="18.75">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:11" ht="19.5" customHeight="1">
+      <c r="D1" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="I1" s="8"/>
+      <c r="J1" s="20"/>
+    </row>
+    <row r="2" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A2" s="16">
+        <v>42539</v>
+      </c>
+      <c r="B2" s="16"/>
+      <c r="D2" s="7"/>
+      <c r="G2" s="14"/>
+      <c r="H2" s="3"/>
+      <c r="I2" s="3"/>
+    </row>
+    <row r="3" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A3" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="G3" s="14"/>
+      <c r="H3" s="1"/>
+      <c r="I3" s="1"/>
+    </row>
+    <row r="5" spans="1:11" s="11" customFormat="1" ht="19.5" customHeight="1">
+      <c r="A5" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="C5" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="D5" s="9" t="s">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="2" t="s">
+      <c r="E5" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="F5" s="12" t="s">
+        <v>57</v>
+      </c>
+      <c r="G5" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="H5" s="12" t="s">
+        <v>58</v>
+      </c>
+      <c r="I5" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="J5" s="21" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" s="21" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A6" s="6">
+        <v>168</v>
+      </c>
+      <c r="B6" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="C6" s="6">
+        <v>1976</v>
+      </c>
+      <c r="D6" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E6" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F6" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G6" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H6" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I6" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="J6" s="22">
         <v>1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="2" t="s">
+      <c r="K6" s="22">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A7" s="6">
+        <v>126</v>
+      </c>
+      <c r="B7" s="18" t="s">
+        <v>182</v>
+      </c>
+      <c r="C7" s="6">
+        <v>1976</v>
+      </c>
+      <c r="D7" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E7" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F7" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G7" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H7" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I7" s="6" t="s">
+        <v>364</v>
+      </c>
+      <c r="J7" s="22">
         <v>2</v>
       </c>
-      <c r="K3" s="3"/>
-[...14 lines deleted...]
-      <c r="K4" s="6" t="s">
+      <c r="K7" s="22">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A8" s="6">
+        <v>81</v>
+      </c>
+      <c r="B8" s="18" t="s">
+        <v>137</v>
+      </c>
+      <c r="C8" s="6">
+        <v>1968</v>
+      </c>
+      <c r="D8" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E8" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F8" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G8" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H8" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I8" s="6" t="s">
+        <v>326</v>
+      </c>
+      <c r="J8" s="22">
+        <v>3</v>
+      </c>
+      <c r="K8" s="22">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A9" s="6">
+        <v>133</v>
+      </c>
+      <c r="B9" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="C9" s="6">
+        <v>1956</v>
+      </c>
+      <c r="D9" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E9" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F9" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G9" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="H9" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I9" s="6" t="s">
+        <v>369</v>
+      </c>
+      <c r="J9" s="22">
         <v>4</v>
       </c>
-      <c r="L4" s="6"/>
-[...2 lines deleted...]
-      <c r="A5" s="7" t="s">
+      <c r="K9" s="22">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A10" s="6">
+        <v>163</v>
+      </c>
+      <c r="B10" s="18" t="s">
+        <v>216</v>
+      </c>
+      <c r="C10" s="6">
+        <v>1998</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E10" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F10" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G10" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H10" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I10" s="6" t="s">
+        <v>395</v>
+      </c>
+      <c r="J10" s="22">
+        <v>1</v>
+      </c>
+      <c r="K10" s="22">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A11" s="6">
+        <v>53</v>
+      </c>
+      <c r="B11" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="C11" s="6">
+        <v>1961</v>
+      </c>
+      <c r="D11" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="E11" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F11" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G11" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H11" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I11" s="6" t="s">
+        <v>301</v>
+      </c>
+      <c r="J11" s="22">
         <v>5</v>
       </c>
-      <c r="B5" s="7" t="s">
+      <c r="K11" s="22">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A12" s="6">
+        <v>43</v>
+      </c>
+      <c r="B12" s="18" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" s="6">
+        <v>1982</v>
+      </c>
+      <c r="D12" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="E12" s="18" t="s">
+        <v>431</v>
+      </c>
+      <c r="F12" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G12" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H12" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I12" s="6" t="s">
+        <v>293</v>
+      </c>
+      <c r="J12" s="6">
+        <v>1</v>
+      </c>
+      <c r="K12" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A13" s="6">
+        <v>186</v>
+      </c>
+      <c r="B13" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="C13" s="6">
+        <v>1997</v>
+      </c>
+      <c r="D13" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E13" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F13" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G13" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H13" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I13" s="6" t="s">
+        <v>408</v>
+      </c>
+      <c r="J13" s="22">
         <v>6</v>
       </c>
-      <c r="C5" s="7" t="s">
+      <c r="K13" s="22">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A14" s="6">
+        <v>103</v>
+      </c>
+      <c r="B14" s="18" t="s">
+        <v>161</v>
+      </c>
+      <c r="C14" s="6">
+        <v>1998</v>
+      </c>
+      <c r="D14" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E14" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F14" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G14" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H14" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I14" s="6" t="s">
+        <v>344</v>
+      </c>
+      <c r="J14" s="22">
         <v>7</v>
       </c>
-      <c r="D5" s="7" t="s">
+      <c r="K14" s="22">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A15" s="6">
+        <v>151</v>
+      </c>
+      <c r="B15" s="18" t="s">
+        <v>205</v>
+      </c>
+      <c r="C15" s="6">
+        <v>1981</v>
+      </c>
+      <c r="D15" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E15" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F15" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G15" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H15" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I15" s="6" t="s">
+        <v>385</v>
+      </c>
+      <c r="J15" s="22">
         <v>8</v>
       </c>
-      <c r="E5" s="7" t="s">
+      <c r="K15" s="22">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A16" s="6">
+        <v>169</v>
+      </c>
+      <c r="B16" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="C16" s="6">
+        <v>1991</v>
+      </c>
+      <c r="D16" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E16" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F16" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G16" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H16" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I16" s="6" t="s">
+        <v>401</v>
+      </c>
+      <c r="J16" s="22">
+        <v>2</v>
+      </c>
+      <c r="K16" s="22">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A17" s="6">
+        <v>107</v>
+      </c>
+      <c r="B17" s="18" t="s">
+        <v>165</v>
+      </c>
+      <c r="C17" s="6">
+        <v>1976</v>
+      </c>
+      <c r="D17" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="E17" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F17" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G17" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H17" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I17" s="6" t="s">
+        <v>348</v>
+      </c>
+      <c r="J17" s="22">
         <v>9</v>
       </c>
-      <c r="F5" s="7" t="s">
+      <c r="K17" s="22">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A18" s="6">
+        <v>76</v>
+      </c>
+      <c r="B18" s="18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C18" s="6">
+        <v>1973</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E18" s="18" t="s">
+        <v>431</v>
+      </c>
+      <c r="F18" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G18" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H18" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I18" s="6" t="s">
+        <v>321</v>
+      </c>
+      <c r="J18" s="6">
+        <v>2</v>
+      </c>
+      <c r="K18" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A19" s="6">
+        <v>101</v>
+      </c>
+      <c r="B19" s="18" t="s">
+        <v>159</v>
+      </c>
+      <c r="C19" s="6">
+        <v>1982</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="E19" s="18" t="s">
+        <v>431</v>
+      </c>
+      <c r="F19" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G19" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H19" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I19" s="6" t="s">
+        <v>342</v>
+      </c>
+      <c r="J19" s="6">
+        <v>3</v>
+      </c>
+      <c r="K19" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A20" s="6">
+        <v>35</v>
+      </c>
+      <c r="B20" s="18" t="s">
+        <v>99</v>
+      </c>
+      <c r="C20" s="6">
+        <v>1967</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E20" s="18" t="s">
+        <v>431</v>
+      </c>
+      <c r="F20" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G20" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H20" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I20" s="6" t="s">
+        <v>286</v>
+      </c>
+      <c r="J20" s="6">
+        <v>4</v>
+      </c>
+      <c r="K20" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A21" s="6">
+        <v>171</v>
+      </c>
+      <c r="B21" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="C21" s="6">
+        <v>1956</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E21" s="18" t="s">
+        <v>431</v>
+      </c>
+      <c r="F21" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G21" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="H21" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I21" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="J21" s="6">
+        <v>5</v>
+      </c>
+      <c r="K21" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A22" s="6">
+        <v>84</v>
+      </c>
+      <c r="B22" s="18" t="s">
+        <v>141</v>
+      </c>
+      <c r="C22" s="6">
+        <v>1951</v>
+      </c>
+      <c r="D22" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E22" s="18" t="s">
+        <v>431</v>
+      </c>
+      <c r="F22" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G22" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="H22" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I22" s="6" t="s">
+        <v>329</v>
+      </c>
+      <c r="J22" s="6">
+        <v>6</v>
+      </c>
+      <c r="K22" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A23" s="6">
+        <v>9</v>
+      </c>
+      <c r="B23" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="C23" s="6">
+        <v>1965</v>
+      </c>
+      <c r="D23" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E23" s="18" t="s">
+        <v>431</v>
+      </c>
+      <c r="F23" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G23" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H23" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I23" s="6" t="s">
+        <v>263</v>
+      </c>
+      <c r="J23" s="6">
+        <v>7</v>
+      </c>
+      <c r="K23" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A24" s="6">
+        <v>154</v>
+      </c>
+      <c r="B24" s="18" t="s">
+        <v>208</v>
+      </c>
+      <c r="C24" s="6">
+        <v>1986</v>
+      </c>
+      <c r="D24" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E24" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F24" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G24" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H24" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I24" s="6" t="s">
+        <v>388</v>
+      </c>
+      <c r="J24" s="22">
         <v>10</v>
       </c>
-      <c r="G5" s="8" t="s">
+      <c r="K24" s="22">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A25" s="6">
+        <v>108</v>
+      </c>
+      <c r="B25" s="18" t="s">
+        <v>166</v>
+      </c>
+      <c r="C25" s="6">
+        <v>1976</v>
+      </c>
+      <c r="D25" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="E25" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F25" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G25" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H25" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I25" s="6" t="s">
+        <v>349</v>
+      </c>
+      <c r="J25" s="22">
         <v>11</v>
       </c>
-      <c r="H5" s="7" t="s">
+      <c r="K25" s="22">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A26" s="6">
+        <v>201</v>
+      </c>
+      <c r="B26" s="18" t="s">
+        <v>250</v>
+      </c>
+      <c r="C26" s="6">
+        <v>1998</v>
+      </c>
+      <c r="D26" s="6"/>
+      <c r="E26" s="18" t="s">
+        <v>431</v>
+      </c>
+      <c r="F26" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G26" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H26" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I26" s="6" t="s">
+        <v>422</v>
+      </c>
+      <c r="J26" s="6">
+        <v>8</v>
+      </c>
+      <c r="K26" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A27" s="6">
+        <v>44</v>
+      </c>
+      <c r="B27" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="C27" s="6">
+        <v>1980</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E27" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F27" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G27" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H27" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I27" s="6" t="s">
+        <v>294</v>
+      </c>
+      <c r="J27" s="22">
+        <v>3</v>
+      </c>
+      <c r="K27" s="22">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A28" s="6">
+        <v>191</v>
+      </c>
+      <c r="B28" s="18" t="s">
+        <v>241</v>
+      </c>
+      <c r="C28" s="6">
+        <v>1971</v>
+      </c>
+      <c r="D28" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E28" s="18" t="s">
+        <v>431</v>
+      </c>
+      <c r="F28" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G28" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H28" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I28" s="6" t="s">
+        <v>412</v>
+      </c>
+      <c r="J28" s="6">
+        <v>9</v>
+      </c>
+      <c r="K28" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A29" s="6">
+        <v>30</v>
+      </c>
+      <c r="B29" s="18" t="s">
+        <v>94</v>
+      </c>
+      <c r="C29" s="6">
+        <v>1988</v>
+      </c>
+      <c r="D29" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" s="18" t="s">
+        <v>431</v>
+      </c>
+      <c r="F29" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G29" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H29" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I29" s="6" t="s">
+        <v>282</v>
+      </c>
+      <c r="J29" s="6">
         <v>10</v>
       </c>
-      <c r="I5" s="7" t="s">
+      <c r="K29" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A30" s="6">
+        <v>4</v>
+      </c>
+      <c r="B30" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="C30" s="6">
+        <v>1967</v>
+      </c>
+      <c r="D30" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E30" s="18" t="s">
+        <v>431</v>
+      </c>
+      <c r="F30" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G30" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H30" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I30" s="6" t="s">
+        <v>259</v>
+      </c>
+      <c r="J30" s="6">
+        <v>11</v>
+      </c>
+      <c r="K30" s="6">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A31" s="6">
+        <v>157</v>
+      </c>
+      <c r="B31" s="18" t="s">
+        <v>211</v>
+      </c>
+      <c r="C31" s="6">
+        <v>1974</v>
+      </c>
+      <c r="D31" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E31" s="18" t="s">
+        <v>431</v>
+      </c>
+      <c r="F31" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G31" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H31" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I31" s="6" t="s">
+        <v>391</v>
+      </c>
+      <c r="J31" s="6">
         <v>12</v>
       </c>
-      <c r="J5" s="7" t="s">
+      <c r="K31" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A32" s="6">
+        <v>176</v>
+      </c>
+      <c r="B32" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="C32" s="6">
+        <v>1980</v>
+      </c>
+      <c r="D32" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="E32" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F32" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G32" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H32" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I32" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="J32" s="22">
+        <v>12</v>
+      </c>
+      <c r="K32" s="22">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A33" s="6">
+        <v>177</v>
+      </c>
+      <c r="B33" s="18" t="s">
+        <v>231</v>
+      </c>
+      <c r="C33" s="6">
+        <v>1989</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E33" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F33" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G33" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H33" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I33" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="J33" s="22">
+        <v>4</v>
+      </c>
+      <c r="K33" s="22">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A34" s="6">
+        <v>160</v>
+      </c>
+      <c r="B34" s="18" t="s">
+        <v>213</v>
+      </c>
+      <c r="C34" s="6">
+        <v>1980</v>
+      </c>
+      <c r="D34" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E34" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F34" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G34" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H34" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I34" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="J34" s="6">
+        <v>1</v>
+      </c>
+      <c r="K34" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A35" s="6">
+        <v>159</v>
+      </c>
+      <c r="B35" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="C35" s="6">
+        <v>1986</v>
+      </c>
+      <c r="D35" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E35" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F35" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G35" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H35" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I35" s="6" t="s">
+        <v>393</v>
+      </c>
+      <c r="J35" s="22">
+        <v>5</v>
+      </c>
+      <c r="K35" s="22">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A36" s="6">
+        <v>146</v>
+      </c>
+      <c r="B36" s="18" t="s">
+        <v>200</v>
+      </c>
+      <c r="C36" s="6">
+        <v>1972</v>
+      </c>
+      <c r="D36" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E36" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F36" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G36" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H36" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I36" s="6" t="s">
+        <v>381</v>
+      </c>
+      <c r="J36" s="22">
+        <v>6</v>
+      </c>
+      <c r="K36" s="22">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A37" s="6">
+        <v>199</v>
+      </c>
+      <c r="B37" s="18" t="s">
+        <v>248</v>
+      </c>
+      <c r="C37" s="6">
+        <v>1998</v>
+      </c>
+      <c r="D37" s="6"/>
+      <c r="E37" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F37" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G37" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H37" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I37" s="6" t="s">
+        <v>420</v>
+      </c>
+      <c r="J37" s="6">
+        <v>2</v>
+      </c>
+      <c r="K37" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A38" s="6">
+        <v>149</v>
+      </c>
+      <c r="B38" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="C38" s="6">
+        <v>1973</v>
+      </c>
+      <c r="D38" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F38" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G38" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H38" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I38" s="6" t="s">
+        <v>384</v>
+      </c>
+      <c r="J38" s="22">
+        <v>7</v>
+      </c>
+      <c r="K38" s="22">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A39" s="6">
+        <v>12</v>
+      </c>
+      <c r="B39" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="C39" s="6">
+        <v>1984</v>
+      </c>
+      <c r="D39" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E39" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F39" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G39" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H39" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I39" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="J39" s="6">
+        <v>3</v>
+      </c>
+      <c r="K39" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A40" s="6">
         <v>13</v>
       </c>
-      <c r="K5" s="7" t="s">
+      <c r="B40" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="C40" s="6">
+        <v>1980</v>
+      </c>
+      <c r="D40" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E40" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F40" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G40" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H40" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I40" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="J40" s="6">
+        <v>4</v>
+      </c>
+      <c r="K40" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A41" s="6">
+        <v>167</v>
+      </c>
+      <c r="B41" s="18" t="s">
+        <v>221</v>
+      </c>
+      <c r="C41" s="6">
+        <v>1991</v>
+      </c>
+      <c r="D41" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E41" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F41" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G41" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H41" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I41" s="6" t="s">
+        <v>399</v>
+      </c>
+      <c r="J41" s="6">
+        <v>1</v>
+      </c>
+      <c r="K41" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="42" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A42" s="6">
+        <v>36</v>
+      </c>
+      <c r="B42" s="18" t="s">
+        <v>100</v>
+      </c>
+      <c r="C42" s="6">
+        <v>1965</v>
+      </c>
+      <c r="D42" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E42" s="18" t="s">
+        <v>431</v>
+      </c>
+      <c r="F42" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G42" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H42" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I42" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="J42" s="6">
+        <v>1</v>
+      </c>
+      <c r="K42" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="43" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A43" s="6">
+        <v>200</v>
+      </c>
+      <c r="B43" s="18" t="s">
+        <v>249</v>
+      </c>
+      <c r="C43" s="6">
+        <v>1966</v>
+      </c>
+      <c r="D43" s="6"/>
+      <c r="E43" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F43" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G43" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H43" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I43" s="6" t="s">
+        <v>421</v>
+      </c>
+      <c r="J43" s="6">
+        <v>5</v>
+      </c>
+      <c r="K43" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="44" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A44" s="6">
+        <v>195</v>
+      </c>
+      <c r="B44" s="18" t="s">
+        <v>244</v>
+      </c>
+      <c r="C44" s="6">
+        <v>1986</v>
+      </c>
+      <c r="D44" s="6"/>
+      <c r="E44" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F44" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G44" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H44" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I44" s="6" t="s">
+        <v>416</v>
+      </c>
+      <c r="J44" s="6">
+        <v>6</v>
+      </c>
+      <c r="K44" s="6">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="45" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A45" s="6">
+        <v>104</v>
+      </c>
+      <c r="B45" s="18" t="s">
+        <v>162</v>
+      </c>
+      <c r="C45" s="6">
+        <v>1962</v>
+      </c>
+      <c r="D45" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="E45" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F45" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G45" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H45" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I45" s="6" t="s">
+        <v>345</v>
+      </c>
+      <c r="J45" s="6">
+        <v>7</v>
+      </c>
+      <c r="K45" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="46" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A46" s="6">
         <v>14</v>
       </c>
-      <c r="L5" s="7" t="s">
+      <c r="B46" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="C46" s="6">
+        <v>1975</v>
+      </c>
+      <c r="D46" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E46" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F46" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G46" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H46" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I46" s="6" t="s">
+        <v>268</v>
+      </c>
+      <c r="J46" s="6">
+        <v>8</v>
+      </c>
+      <c r="K46" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="47" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A47" s="6">
+        <v>106</v>
+      </c>
+      <c r="B47" s="18" t="s">
+        <v>164</v>
+      </c>
+      <c r="C47" s="6">
+        <v>1985</v>
+      </c>
+      <c r="D47" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E47" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F47" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G47" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H47" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I47" s="6" t="s">
+        <v>347</v>
+      </c>
+      <c r="J47" s="6">
+        <v>2</v>
+      </c>
+      <c r="K47" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="48" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A48" s="6">
+        <v>92</v>
+      </c>
+      <c r="B48" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="C48" s="6">
+        <v>1971</v>
+      </c>
+      <c r="D48" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E48" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F48" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G48" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H48" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I48" s="6" t="s">
+        <v>335</v>
+      </c>
+      <c r="J48" s="6">
+        <v>9</v>
+      </c>
+      <c r="K48" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="49" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A49" s="6">
+        <v>179</v>
+      </c>
+      <c r="B49" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="C49" s="6">
+        <v>1985</v>
+      </c>
+      <c r="D49" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E49" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F49" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G49" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H49" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I49" s="6" t="s">
+        <v>405</v>
+      </c>
+      <c r="J49" s="6">
+        <v>10</v>
+      </c>
+      <c r="K49" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="50" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A50" s="6">
+        <v>11</v>
+      </c>
+      <c r="B50" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="C50" s="6">
+        <v>1992</v>
+      </c>
+      <c r="D50" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E50" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F50" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G50" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H50" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I50" s="6" t="s">
+        <v>265</v>
+      </c>
+      <c r="J50" s="6">
+        <v>3</v>
+      </c>
+      <c r="K50" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A51" s="6">
+        <v>192</v>
+      </c>
+      <c r="B51" s="18" t="s">
+        <v>242</v>
+      </c>
+      <c r="C51" s="6">
+        <v>1984</v>
+      </c>
+      <c r="D51" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E51" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F51" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G51" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H51" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I51" s="6" t="s">
+        <v>413</v>
+      </c>
+      <c r="J51" s="6">
+        <v>11</v>
+      </c>
+      <c r="K51" s="6">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="52" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A52" s="6">
+        <v>42</v>
+      </c>
+      <c r="B52" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="C52" s="6">
+        <v>1979</v>
+      </c>
+      <c r="D52" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E52" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F52" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G52" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H52" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I52" s="6" t="s">
+        <v>292</v>
+      </c>
+      <c r="J52" s="6">
+        <v>12</v>
+      </c>
+      <c r="K52" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="53" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A53" s="6">
+        <v>66</v>
+      </c>
+      <c r="B53" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="C53" s="6">
+        <v>1968</v>
+      </c>
+      <c r="D53" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E53" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F53" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G53" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H53" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I53" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="J53" s="6">
+        <v>13</v>
+      </c>
+      <c r="K53" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="54" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A54" s="6">
+        <v>116</v>
+      </c>
+      <c r="B54" s="18" t="s">
+        <v>174</v>
+      </c>
+      <c r="C54" s="6">
+        <v>1987</v>
+      </c>
+      <c r="D54" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E54" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F54" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G54" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H54" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I54" s="6" t="s">
+        <v>354</v>
+      </c>
+      <c r="J54" s="6">
+        <v>14</v>
+      </c>
+      <c r="K54" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="55" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A55" s="6">
+        <v>38</v>
+      </c>
+      <c r="B55" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="C55" s="6">
+        <v>1969</v>
+      </c>
+      <c r="D55" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E55" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F55" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G55" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H55" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I55" s="6" t="s">
+        <v>289</v>
+      </c>
+      <c r="J55" s="6">
         <v>15</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="9">
+      <c r="K55" s="6">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="56" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A56" s="6">
+        <v>24</v>
+      </c>
+      <c r="B56" s="18" t="s">
+        <v>87</v>
+      </c>
+      <c r="C56" s="6">
+        <v>1986</v>
+      </c>
+      <c r="D56" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="E56" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F56" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G56" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H56" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I56" s="6" t="s">
+        <v>277</v>
+      </c>
+      <c r="J56" s="6">
+        <v>4</v>
+      </c>
+      <c r="K56" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A57" s="6">
+        <v>190</v>
+      </c>
+      <c r="B57" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="C57" s="6">
+        <v>1992</v>
+      </c>
+      <c r="D57" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E57" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F57" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G57" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H57" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I57" s="6" t="s">
+        <v>411</v>
+      </c>
+      <c r="J57" s="6">
+        <v>16</v>
+      </c>
+      <c r="K57" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A58" s="6">
+        <v>148</v>
+      </c>
+      <c r="B58" s="18" t="s">
+        <v>202</v>
+      </c>
+      <c r="C58" s="6">
+        <v>1980</v>
+      </c>
+      <c r="D58" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E58" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F58" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G58" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H58" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I58" s="6" t="s">
+        <v>383</v>
+      </c>
+      <c r="J58" s="6">
+        <v>17</v>
+      </c>
+      <c r="K58" s="6">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="59" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A59" s="6">
+        <v>178</v>
+      </c>
+      <c r="B59" s="18" t="s">
+        <v>232</v>
+      </c>
+      <c r="C59" s="6">
+        <v>1998</v>
+      </c>
+      <c r="D59" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E59" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F59" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G59" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H59" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I59" s="6" t="s">
+        <v>383</v>
+      </c>
+      <c r="J59" s="6">
+        <v>18</v>
+      </c>
+      <c r="K59" s="6">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="60" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A60" s="6">
+        <v>130</v>
+      </c>
+      <c r="B60" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="C60" s="6">
+        <v>1987</v>
+      </c>
+      <c r="D60" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E60" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F60" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G60" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H60" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I60" s="6" t="s">
+        <v>368</v>
+      </c>
+      <c r="J60" s="6">
+        <v>19</v>
+      </c>
+      <c r="K60" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="61" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A61" s="6">
+        <v>185</v>
+      </c>
+      <c r="B61" s="18" t="s">
+        <v>238</v>
+      </c>
+      <c r="C61" s="6">
+        <v>1964</v>
+      </c>
+      <c r="D61" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E61" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F61" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G61" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H61" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I61" s="6" t="s">
+        <v>407</v>
+      </c>
+      <c r="J61" s="6">
+        <v>20</v>
+      </c>
+      <c r="K61" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="62" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A62" s="6">
+        <v>158</v>
+      </c>
+      <c r="B62" s="18" t="s">
+        <v>211</v>
+      </c>
+      <c r="C62" s="6">
+        <v>1974</v>
+      </c>
+      <c r="D62" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E62" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F62" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G62" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H62" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I62" s="6" t="s">
+        <v>392</v>
+      </c>
+      <c r="J62" s="6">
+        <v>21</v>
+      </c>
+      <c r="K62" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="63" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A63" s="6">
+        <v>54</v>
+      </c>
+      <c r="B63" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="C63" s="6">
+        <v>1977</v>
+      </c>
+      <c r="D63" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E63" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F63" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G63" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H63" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I63" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="J63" s="6">
+        <v>5</v>
+      </c>
+      <c r="K63" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="64" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A64" s="6">
+        <v>39</v>
+      </c>
+      <c r="B64" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="C64" s="6">
+        <v>1965</v>
+      </c>
+      <c r="D64" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E64" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F64" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G64" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H64" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I64" s="6" t="s">
+        <v>290</v>
+      </c>
+      <c r="J64" s="6">
+        <v>22</v>
+      </c>
+      <c r="K64" s="6">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="65" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A65" s="6">
+        <v>98</v>
+      </c>
+      <c r="B65" s="18" t="s">
+        <v>155</v>
+      </c>
+      <c r="C65" s="6">
+        <v>1958</v>
+      </c>
+      <c r="D65" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="E65" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F65" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G65" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H65" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I65" s="6" t="s">
+        <v>340</v>
+      </c>
+      <c r="J65" s="6">
+        <v>6</v>
+      </c>
+      <c r="K65" s="6">
         <v>1</v>
       </c>
-      <c r="B6" s="10">
+    </row>
+    <row r="66" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A66" s="6">
+        <v>136</v>
+      </c>
+      <c r="B66" s="18" t="s">
+        <v>191</v>
+      </c>
+      <c r="C66" s="6">
+        <v>1966</v>
+      </c>
+      <c r="D66" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="E66" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F66" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G66" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H66" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I66" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="J66" s="6">
+        <v>23</v>
+      </c>
+      <c r="K66" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="67" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A67" s="6">
+        <v>105</v>
+      </c>
+      <c r="B67" s="18" t="s">
+        <v>163</v>
+      </c>
+      <c r="C67" s="6">
+        <v>1988</v>
+      </c>
+      <c r="D67" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E67" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F67" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G67" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H67" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I67" s="6" t="s">
+        <v>346</v>
+      </c>
+      <c r="J67" s="6">
+        <v>7</v>
+      </c>
+      <c r="K67" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="68" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A68" s="6">
+        <v>59</v>
+      </c>
+      <c r="B68" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="C68" s="6">
+        <v>1993</v>
+      </c>
+      <c r="D68" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E68" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F68" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G68" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H68" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I68" s="6" t="s">
+        <v>306</v>
+      </c>
+      <c r="J68" s="22">
+        <v>13</v>
+      </c>
+      <c r="K68" s="22">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="69" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A69" s="6">
+        <v>156</v>
+      </c>
+      <c r="B69" s="18" t="s">
+        <v>210</v>
+      </c>
+      <c r="C69" s="6">
+        <v>1994</v>
+      </c>
+      <c r="D69" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E69" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F69" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G69" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H69" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I69" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="J69" s="22">
+        <v>8</v>
+      </c>
+      <c r="K69" s="22">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="70" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A70" s="6">
+        <v>41</v>
+      </c>
+      <c r="B70" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="C70" s="6">
+        <v>1980</v>
+      </c>
+      <c r="D70" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E70" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F70" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G70" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H70" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I70" s="6" t="s">
+        <v>291</v>
+      </c>
+      <c r="J70" s="6">
+        <v>8</v>
+      </c>
+      <c r="K70" s="6">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="71" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A71" s="6">
+        <v>123</v>
+      </c>
+      <c r="B71" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="C71" s="6">
+        <v>1990</v>
+      </c>
+      <c r="D71" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="E71" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F71" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G71" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H71" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I71" s="6" t="s">
+        <v>361</v>
+      </c>
+      <c r="J71" s="6">
+        <v>9</v>
+      </c>
+      <c r="K71" s="6">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="72" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A72" s="6">
+        <v>77</v>
+      </c>
+      <c r="B72" s="18" t="s">
+        <v>135</v>
+      </c>
+      <c r="C72" s="6">
+        <v>1990</v>
+      </c>
+      <c r="D72" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E72" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F72" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G72" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H72" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I72" s="6" t="s">
+        <v>322</v>
+      </c>
+      <c r="J72" s="6">
+        <v>10</v>
+      </c>
+      <c r="K72" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="73" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A73" s="6">
+        <v>93</v>
+      </c>
+      <c r="B73" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="C73" s="6">
+        <v>1985</v>
+      </c>
+      <c r="D73" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E73" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F73" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G73" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H73" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I73" s="6" t="s">
+        <v>336</v>
+      </c>
+      <c r="J73" s="6">
+        <v>1</v>
+      </c>
+      <c r="K73" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="74" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A74" s="6">
+        <v>187</v>
+      </c>
+      <c r="B74" s="18" t="s">
+        <v>240</v>
+      </c>
+      <c r="C74" s="6">
+        <v>1960</v>
+      </c>
+      <c r="D74" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E74" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F74" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G74" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H74" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I74" s="6" t="s">
+        <v>409</v>
+      </c>
+      <c r="J74" s="6">
+        <v>2</v>
+      </c>
+      <c r="K74" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="75" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A75" s="6">
+        <v>165</v>
+      </c>
+      <c r="B75" s="18" t="s">
+        <v>219</v>
+      </c>
+      <c r="C75" s="6">
+        <v>1986</v>
+      </c>
+      <c r="D75" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="E75" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F75" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G75" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H75" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I75" s="6" t="s">
+        <v>397</v>
+      </c>
+      <c r="J75" s="6">
+        <v>11</v>
+      </c>
+      <c r="K75" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="76" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A76" s="6">
+        <v>121</v>
+      </c>
+      <c r="B76" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="C76" s="6">
+        <v>1973</v>
+      </c>
+      <c r="D76" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E76" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F76" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G76" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H76" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I76" s="6" t="s">
+        <v>359</v>
+      </c>
+      <c r="J76" s="6">
+        <v>12</v>
+      </c>
+      <c r="K76" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="77" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A77" s="6">
+        <v>119</v>
+      </c>
+      <c r="B77" s="18" t="s">
+        <v>176</v>
+      </c>
+      <c r="C77" s="6">
+        <v>1983</v>
+      </c>
+      <c r="D77" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E77" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F77" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G77" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H77" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I77" s="6" t="s">
+        <v>357</v>
+      </c>
+      <c r="J77" s="6">
+        <v>24</v>
+      </c>
+      <c r="K77" s="6">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="78" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A78" s="6">
+        <v>89</v>
+      </c>
+      <c r="B78" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="C78" s="6">
+        <v>1951</v>
+      </c>
+      <c r="D78" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E78" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F78" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G78" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="H78" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I78" s="6" t="s">
+        <v>332</v>
+      </c>
+      <c r="J78" s="6">
+        <v>13</v>
+      </c>
+      <c r="K78" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="79" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A79" s="6">
+        <v>196</v>
+      </c>
+      <c r="B79" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="C79" s="6">
+        <v>1986</v>
+      </c>
+      <c r="D79" s="6"/>
+      <c r="E79" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F79" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G79" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H79" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I79" s="6" t="s">
+        <v>417</v>
+      </c>
+      <c r="J79" s="6">
+        <v>25</v>
+      </c>
+      <c r="K79" s="6">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="80" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A80" s="6">
+        <v>202</v>
+      </c>
+      <c r="B80" s="18" t="s">
+        <v>251</v>
+      </c>
+      <c r="C80" s="6">
+        <v>1956</v>
+      </c>
+      <c r="D80" s="6"/>
+      <c r="E80" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F80" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G80" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="H80" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I80" s="6" t="s">
+        <v>423</v>
+      </c>
+      <c r="J80" s="6">
+        <v>26</v>
+      </c>
+      <c r="K80" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="81" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A81" s="6">
+        <v>57</v>
+      </c>
+      <c r="B81" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="C81" s="6">
+        <v>1948</v>
+      </c>
+      <c r="D81" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="E81" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F81" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G81" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="H81" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I81" s="6" t="s">
+        <v>304</v>
+      </c>
+      <c r="J81" s="6">
+        <v>14</v>
+      </c>
+      <c r="K81" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A82" s="6">
+        <v>140</v>
+      </c>
+      <c r="B82" s="18" t="s">
+        <v>194</v>
+      </c>
+      <c r="C82" s="6">
+        <v>1967</v>
+      </c>
+      <c r="D82" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E82" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F82" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G82" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H82" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I82" s="6" t="s">
+        <v>376</v>
+      </c>
+      <c r="J82" s="6">
+        <v>1</v>
+      </c>
+      <c r="K82" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="83" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A83" s="6">
+        <v>188</v>
+      </c>
+      <c r="B83" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="C83" s="6">
+        <v>1986</v>
+      </c>
+      <c r="D83" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E83" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F83" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G83" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H83" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I83" s="6" t="s">
+        <v>410</v>
+      </c>
+      <c r="J83" s="6">
+        <v>2</v>
+      </c>
+      <c r="K83" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="84" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A84" s="6">
+        <v>64</v>
+      </c>
+      <c r="B84" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="C84" s="6">
+        <v>1967</v>
+      </c>
+      <c r="D84" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E84" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F84" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G84" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H84" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I84" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="J84" s="6">
+        <v>15</v>
+      </c>
+      <c r="K84" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="85" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A85" s="6">
+        <v>207</v>
+      </c>
+      <c r="B85" s="18" t="s">
+        <v>255</v>
+      </c>
+      <c r="C85" s="6">
+        <v>1966</v>
+      </c>
+      <c r="D85" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="E85" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F85" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G85" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H85" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I85" s="6" t="s">
+        <v>427</v>
+      </c>
+      <c r="J85" s="6">
+        <v>27</v>
+      </c>
+      <c r="K85" s="6">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="86" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A86" s="6">
+        <v>16</v>
+      </c>
+      <c r="B86" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="C86" s="6">
+        <v>1983</v>
+      </c>
+      <c r="D86" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E86" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F86" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G86" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H86" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I86" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="J86" s="6">
+        <v>16</v>
+      </c>
+      <c r="K86" s="6">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="87" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A87" s="6">
+        <v>120</v>
+      </c>
+      <c r="B87" s="18" t="s">
+        <v>177</v>
+      </c>
+      <c r="C87" s="6">
+        <v>1990</v>
+      </c>
+      <c r="D87" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E87" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F87" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G87" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H87" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I87" s="6" t="s">
+        <v>358</v>
+      </c>
+      <c r="J87" s="6">
+        <v>3</v>
+      </c>
+      <c r="K87" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="88" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A88" s="6">
+        <v>115</v>
+      </c>
+      <c r="B88" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="C88" s="6">
+        <v>1953</v>
+      </c>
+      <c r="D88" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E88" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F88" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G88" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="H88" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I88" s="6" t="s">
+        <v>353</v>
+      </c>
+      <c r="J88" s="6">
+        <v>17</v>
+      </c>
+      <c r="K88" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="89" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A89" s="6">
+        <v>142</v>
+      </c>
+      <c r="B89" s="18" t="s">
+        <v>196</v>
+      </c>
+      <c r="C89" s="6">
+        <v>1971</v>
+      </c>
+      <c r="D89" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E89" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F89" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G89" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H89" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I89" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="J89" s="6">
+        <v>18</v>
+      </c>
+      <c r="K89" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="90" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A90" s="6">
+        <v>67</v>
+      </c>
+      <c r="B90" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="C90" s="6">
+        <v>1981</v>
+      </c>
+      <c r="D90" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E90" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F90" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G90" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H90" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I90" s="6" t="s">
+        <v>313</v>
+      </c>
+      <c r="J90" s="6">
+        <v>19</v>
+      </c>
+      <c r="K90" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="91" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A91" s="6">
+        <v>138</v>
+      </c>
+      <c r="B91" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C91" s="6">
+        <v>1956</v>
+      </c>
+      <c r="D91" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E91" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F91" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G91" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="H91" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I91" s="6" t="s">
+        <v>374</v>
+      </c>
+      <c r="J91" s="6">
+        <v>28</v>
+      </c>
+      <c r="K91" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="92" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A92" s="6">
+        <v>37</v>
+      </c>
+      <c r="B92" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="C92" s="6">
+        <v>1969</v>
+      </c>
+      <c r="D92" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E92" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F92" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G92" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H92" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I92" s="6" t="s">
+        <v>288</v>
+      </c>
+      <c r="J92" s="6">
+        <v>3</v>
+      </c>
+      <c r="K92" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="93" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A93" s="6">
+        <v>78</v>
+      </c>
+      <c r="B93" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="C93" s="6">
+        <v>1962</v>
+      </c>
+      <c r="D93" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E93" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F93" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G93" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H93" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I93" s="6" t="s">
+        <v>323</v>
+      </c>
+      <c r="J93" s="6">
+        <v>20</v>
+      </c>
+      <c r="K93" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="94" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A94" s="6">
+        <v>143</v>
+      </c>
+      <c r="B94" s="18" t="s">
+        <v>197</v>
+      </c>
+      <c r="C94" s="6">
+        <v>1939</v>
+      </c>
+      <c r="D94" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E94" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F94" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G94" s="6" t="s">
+        <v>435</v>
+      </c>
+      <c r="H94" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I94" s="6" t="s">
+        <v>379</v>
+      </c>
+      <c r="J94" s="22">
+        <v>9</v>
+      </c>
+      <c r="K94" s="22">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="95" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A95" s="6">
+        <v>75</v>
+      </c>
+      <c r="B95" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="C95" s="6">
+        <v>1975</v>
+      </c>
+      <c r="D95" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="E95" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F95" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G95" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H95" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I95" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="J95" s="6">
+        <v>29</v>
+      </c>
+      <c r="K95" s="6">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="96" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A96" s="6">
+        <v>208</v>
+      </c>
+      <c r="B96" s="18" t="s">
+        <v>257</v>
+      </c>
+      <c r="C96" s="6">
+        <v>1986</v>
+      </c>
+      <c r="D96" s="6"/>
+      <c r="E96" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F96" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G96" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H96" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I96" s="6" t="s">
+        <v>428</v>
+      </c>
+      <c r="J96" s="6">
+        <v>21</v>
+      </c>
+      <c r="K96" s="6">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="97" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A97" s="6">
+        <v>79</v>
+      </c>
+      <c r="B97" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="C97" s="6">
+        <v>1939</v>
+      </c>
+      <c r="D97" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E97" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F97" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G97" s="6" t="s">
+        <v>435</v>
+      </c>
+      <c r="H97" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I97" s="6" t="s">
+        <v>324</v>
+      </c>
+      <c r="J97" s="6">
+        <v>22</v>
+      </c>
+      <c r="K97" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="98" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A98" s="6">
+        <v>58</v>
+      </c>
+      <c r="B98" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="C98" s="6">
+        <v>1989</v>
+      </c>
+      <c r="D98" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E98" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F98" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G98" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H98" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I98" s="6" t="s">
+        <v>305</v>
+      </c>
+      <c r="J98" s="6">
+        <v>4</v>
+      </c>
+      <c r="K98" s="6"/>
+    </row>
+    <row r="99" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A99" s="6">
+        <v>204</v>
+      </c>
+      <c r="B99" s="18" t="s">
+        <v>253</v>
+      </c>
+      <c r="C99" s="6">
+        <v>1986</v>
+      </c>
+      <c r="D99" s="6"/>
+      <c r="E99" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F99" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G99" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H99" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I99" s="6" t="s">
+        <v>425</v>
+      </c>
+      <c r="J99" s="6">
+        <v>30</v>
+      </c>
+      <c r="K99" s="6">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="100" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A100" s="6">
+        <v>96</v>
+      </c>
+      <c r="B100" s="18" t="s">
+        <v>152</v>
+      </c>
+      <c r="C100" s="6">
+        <v>1987</v>
+      </c>
+      <c r="D100" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E100" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F100" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G100" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H100" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I100" s="6" t="s">
+        <v>339</v>
+      </c>
+      <c r="J100" s="6">
+        <v>23</v>
+      </c>
+      <c r="K100" s="6">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="101" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A101" s="6">
+        <v>206</v>
+      </c>
+      <c r="B101" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="C101" s="6">
+        <v>1966</v>
+      </c>
+      <c r="D101" s="6"/>
+      <c r="E101" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F101" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G101" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H101" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I101" s="6" t="s">
+        <v>426</v>
+      </c>
+      <c r="J101" s="6">
+        <v>24</v>
+      </c>
+      <c r="K101" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="102" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A102" s="6">
+        <v>144</v>
+      </c>
+      <c r="B102" s="18" t="s">
+        <v>198</v>
+      </c>
+      <c r="C102" s="6">
+        <v>1942</v>
+      </c>
+      <c r="D102" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E102" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F102" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G102" s="6" t="s">
+        <v>435</v>
+      </c>
+      <c r="H102" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I102" s="6" t="s">
+        <v>380</v>
+      </c>
+      <c r="J102" s="6">
+        <v>25</v>
+      </c>
+      <c r="K102" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="103" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A103" s="6">
+        <v>117</v>
+      </c>
+      <c r="B103" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="C103" s="6">
+        <v>1995</v>
+      </c>
+      <c r="D103" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E103" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F103" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G103" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H103" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I103" s="6" t="s">
+        <v>355</v>
+      </c>
+      <c r="J103" s="6">
+        <v>26</v>
+      </c>
+      <c r="K103" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="104" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A104" s="6">
+        <v>118</v>
+      </c>
+      <c r="B104" s="18" t="s">
+        <v>175</v>
+      </c>
+      <c r="C104" s="6">
+        <v>1998</v>
+      </c>
+      <c r="D104" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E104" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F104" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G104" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H104" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I104" s="6" t="s">
+        <v>356</v>
+      </c>
+      <c r="J104" s="6">
+        <v>4</v>
+      </c>
+      <c r="K104" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="105" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A105" s="6">
+        <v>95</v>
+      </c>
+      <c r="B105" s="18" t="s">
+        <v>151</v>
+      </c>
+      <c r="C105" s="6">
+        <v>1987</v>
+      </c>
+      <c r="D105" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E105" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F105" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G105" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H105" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I105" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="J105" s="6">
+        <v>31</v>
+      </c>
+      <c r="K105" s="6">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="106" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A106" s="6">
+        <v>6</v>
+      </c>
+      <c r="B106" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="C106" s="6">
+        <v>1981</v>
+      </c>
+      <c r="D106" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E106" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F106" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G106" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H106" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I106" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="J106" s="6">
+        <v>27</v>
+      </c>
+      <c r="K106" s="6">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="107" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A107" s="6">
+        <v>91</v>
+      </c>
+      <c r="B107" s="18" t="s">
+        <v>147</v>
+      </c>
+      <c r="C107" s="6">
+        <v>1976</v>
+      </c>
+      <c r="D107" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E107" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F107" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G107" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H107" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I107" s="6" t="s">
+        <v>334</v>
+      </c>
+      <c r="J107" s="6">
+        <v>28</v>
+      </c>
+      <c r="K107" s="6">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="108" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A108" s="6">
+        <v>124</v>
+      </c>
+      <c r="B108" s="18" t="s">
+        <v>180</v>
+      </c>
+      <c r="C108" s="6">
+        <v>1991</v>
+      </c>
+      <c r="D108" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E108" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F108" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G108" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H108" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I108" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="J108" s="6">
+        <v>5</v>
+      </c>
+      <c r="K108" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="109" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A109" s="6">
+        <v>56</v>
+      </c>
+      <c r="B109" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="C109" s="6">
+        <v>1966</v>
+      </c>
+      <c r="D109" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="E109" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F109" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G109" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H109" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I109" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="J109" s="6">
+        <v>6</v>
+      </c>
+      <c r="K109" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="110" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A110" s="6">
+        <v>50</v>
+      </c>
+      <c r="B110" s="18" t="s">
+        <v>112</v>
+      </c>
+      <c r="C110" s="6">
+        <v>1981</v>
+      </c>
+      <c r="D110" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E110" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F110" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G110" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H110" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I110" s="6" t="s">
+        <v>299</v>
+      </c>
+      <c r="J110" s="6">
+        <v>5</v>
+      </c>
+      <c r="K110" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="111" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A111" s="6">
+        <v>71</v>
+      </c>
+      <c r="B111" s="18" t="s">
+        <v>130</v>
+      </c>
+      <c r="C111" s="6">
+        <v>1945</v>
+      </c>
+      <c r="D111" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="E111" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F111" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G111" s="6" t="s">
+        <v>435</v>
+      </c>
+      <c r="H111" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I111" s="6" t="s">
+        <v>317</v>
+      </c>
+      <c r="J111" s="6">
+        <v>29</v>
+      </c>
+      <c r="K111" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="112" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A112" s="6">
+        <v>134</v>
+      </c>
+      <c r="B112" s="18" t="s">
+        <v>188</v>
+      </c>
+      <c r="C112" s="6">
+        <v>1942</v>
+      </c>
+      <c r="D112" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E112" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F112" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G112" s="6" t="s">
+        <v>435</v>
+      </c>
+      <c r="H112" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I112" s="6" t="s">
+        <v>370</v>
+      </c>
+      <c r="J112" s="6">
+        <v>30</v>
+      </c>
+      <c r="K112" s="6">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="113" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A113" s="6">
+        <v>166</v>
+      </c>
+      <c r="B113" s="18" t="s">
+        <v>220</v>
+      </c>
+      <c r="C113" s="6">
+        <v>1964</v>
+      </c>
+      <c r="D113" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E113" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F113" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G113" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H113" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I113" s="6" t="s">
+        <v>398</v>
+      </c>
+      <c r="J113" s="6">
+        <v>31</v>
+      </c>
+      <c r="K113" s="6">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="114" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A114" s="6">
+        <v>197</v>
+      </c>
+      <c r="B114" s="18" t="s">
+        <v>246</v>
+      </c>
+      <c r="C114" s="6">
+        <v>1986</v>
+      </c>
+      <c r="D114" s="6"/>
+      <c r="E114" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F114" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G114" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H114" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I114" s="6" t="s">
+        <v>418</v>
+      </c>
+      <c r="J114" s="6">
+        <v>32</v>
+      </c>
+      <c r="K114" s="6">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="115" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A115" s="6">
+        <v>28</v>
+      </c>
+      <c r="B115" s="18" t="s">
+        <v>92</v>
+      </c>
+      <c r="C115" s="6">
+        <v>1983</v>
+      </c>
+      <c r="D115" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E115" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F115" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G115" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H115" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I115" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="J115" s="6">
+        <v>7</v>
+      </c>
+      <c r="K115" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="116" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A116" s="6">
+        <v>180</v>
+      </c>
+      <c r="B116" s="18" t="s">
+        <v>234</v>
+      </c>
+      <c r="C116" s="6">
+        <v>1973</v>
+      </c>
+      <c r="D116" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E116" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F116" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G116" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H116" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I116" s="6" t="s">
+        <v>406</v>
+      </c>
+      <c r="J116" s="6">
+        <v>32</v>
+      </c>
+      <c r="K116" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="117" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A117" s="6">
+        <v>15</v>
+      </c>
+      <c r="B117" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="C117" s="6">
+        <v>1980</v>
+      </c>
+      <c r="D117" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E117" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F117" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G117" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H117" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I117" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="J117" s="6">
+        <v>8</v>
+      </c>
+      <c r="K117" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="118" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A118" s="6">
+        <v>94</v>
+      </c>
+      <c r="B118" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="C118" s="6">
+        <v>1984</v>
+      </c>
+      <c r="D118" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E118" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F118" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G118" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H118" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I118" s="6" t="s">
+        <v>337</v>
+      </c>
+      <c r="J118" s="6">
+        <v>6</v>
+      </c>
+      <c r="K118" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="119" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A119" s="6">
+        <v>112</v>
+      </c>
+      <c r="B119" s="18" t="s">
+        <v>171</v>
+      </c>
+      <c r="C119" s="6">
+        <v>1959</v>
+      </c>
+      <c r="D119" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E119" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F119" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G119" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H119" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I119" s="6" t="s">
+        <v>352</v>
+      </c>
+      <c r="J119" s="6">
+        <v>33</v>
+      </c>
+      <c r="K119" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="120" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A120" s="6">
+        <v>65</v>
+      </c>
+      <c r="B120" s="18" t="s">
+        <v>125</v>
+      </c>
+      <c r="C120" s="6">
+        <v>1985</v>
+      </c>
+      <c r="D120" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E120" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F120" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G120" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H120" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I120" s="6" t="s">
+        <v>311</v>
+      </c>
+      <c r="J120" s="6">
+        <v>34</v>
+      </c>
+      <c r="K120" s="6">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="121" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A121" s="6">
+        <v>33</v>
+      </c>
+      <c r="B121" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="C121" s="6">
+        <v>1968</v>
+      </c>
+      <c r="D121" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E121" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F121" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G121" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H121" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I121" s="6" t="s">
+        <v>284</v>
+      </c>
+      <c r="J121" s="6">
+        <v>9</v>
+      </c>
+      <c r="K121" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="122" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A122" s="6">
+        <v>128</v>
+      </c>
+      <c r="B122" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="C122" s="6">
+        <v>1983</v>
+      </c>
+      <c r="D122" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E122" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F122" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G122" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H122" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I122" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="J122" s="6">
+        <v>10</v>
+      </c>
+      <c r="K122" s="6">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="123" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A123" s="6">
+        <v>60</v>
+      </c>
+      <c r="B123" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="C123" s="6">
+        <v>1969</v>
+      </c>
+      <c r="D123" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E123" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F123" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G123" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H123" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I123" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="J123" s="6">
+        <v>35</v>
+      </c>
+      <c r="K123" s="6">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="124" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A124" s="6">
+        <v>83</v>
+      </c>
+      <c r="B124" s="18" t="s">
+        <v>139</v>
+      </c>
+      <c r="C124" s="6">
+        <v>1987</v>
+      </c>
+      <c r="D124" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="E124" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F124" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G124" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H124" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I124" s="6" t="s">
+        <v>328</v>
+      </c>
+      <c r="J124" s="6">
+        <v>1</v>
+      </c>
+      <c r="K124" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="125" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A125" s="6">
+        <v>198</v>
+      </c>
+      <c r="B125" s="18" t="s">
+        <v>247</v>
+      </c>
+      <c r="C125" s="6">
+        <v>1986</v>
+      </c>
+      <c r="D125" s="6"/>
+      <c r="E125" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F125" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G125" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H125" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I125" s="6" t="s">
+        <v>419</v>
+      </c>
+      <c r="J125" s="6">
+        <v>33</v>
+      </c>
+      <c r="K125" s="6">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="126" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A126" s="6">
+        <v>8</v>
+      </c>
+      <c r="B126" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="C126" s="6">
+        <v>1973</v>
+      </c>
+      <c r="D126" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="E126" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F126" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G126" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H126" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I126" s="6" t="s">
+        <v>262</v>
+      </c>
+      <c r="J126" s="6">
+        <v>36</v>
+      </c>
+      <c r="K126" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="127" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A127" s="6">
+        <v>52</v>
+      </c>
+      <c r="B127" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="C127" s="6">
+        <v>1981</v>
+      </c>
+      <c r="D127" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E127" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F127" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G127" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H127" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I127" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="J127" s="6">
+        <v>2</v>
+      </c>
+      <c r="K127" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="128" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A128" s="6">
+        <v>31</v>
+      </c>
+      <c r="B128" s="18" t="s">
+        <v>95</v>
+      </c>
+      <c r="C128" s="6">
+        <v>1992</v>
+      </c>
+      <c r="D128" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E128" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F128" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G128" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H128" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I128" s="6" t="s">
+        <v>283</v>
+      </c>
+      <c r="J128" s="6">
+        <v>3</v>
+      </c>
+      <c r="K128" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="129" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A129" s="6">
+        <v>147</v>
+      </c>
+      <c r="B129" s="18" t="s">
+        <v>201</v>
+      </c>
+      <c r="C129" s="6">
+        <v>1978</v>
+      </c>
+      <c r="D129" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E129" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F129" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G129" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H129" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I129" s="6" t="s">
+        <v>382</v>
+      </c>
+      <c r="J129" s="6">
+        <v>4</v>
+      </c>
+      <c r="K129" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="130" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A130" s="6">
+        <v>137</v>
+      </c>
+      <c r="B130" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="C130" s="6">
+        <v>1982</v>
+      </c>
+      <c r="D130" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E130" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F130" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G130" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H130" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I130" s="6" t="s">
+        <v>373</v>
+      </c>
+      <c r="J130" s="6">
+        <v>5</v>
+      </c>
+      <c r="K130" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="131" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A131" s="6">
+        <v>110</v>
+      </c>
+      <c r="B131" s="18" t="s">
+        <v>169</v>
+      </c>
+      <c r="C131" s="6">
+        <v>1988</v>
+      </c>
+      <c r="D131" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E131" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F131" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G131" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H131" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I131" s="6" t="s">
+        <v>351</v>
+      </c>
+      <c r="J131" s="6">
+        <v>6</v>
+      </c>
+      <c r="K131" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="132" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A132" s="6">
+        <v>48</v>
+      </c>
+      <c r="B132" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="C132" s="6">
+        <v>1967</v>
+      </c>
+      <c r="D132" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E132" s="18" t="s">
+        <v>432</v>
+      </c>
+      <c r="F132" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G132" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H132" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I132" s="6" t="s">
+        <v>297</v>
+      </c>
+      <c r="J132" s="6">
+        <v>1</v>
+      </c>
+      <c r="K132" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="133" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A133" s="6">
+        <v>80</v>
+      </c>
+      <c r="B133" s="18" t="s">
+        <v>136</v>
+      </c>
+      <c r="C133" s="6">
+        <v>1966</v>
+      </c>
+      <c r="D133" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E133" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F133" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G133" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H133" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I133" s="6" t="s">
+        <v>325</v>
+      </c>
+      <c r="J133" s="6">
+        <v>7</v>
+      </c>
+      <c r="K133" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="134" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A134" s="6">
+        <v>22</v>
+      </c>
+      <c r="B134" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="C134" s="6">
+        <v>1995</v>
+      </c>
+      <c r="D134" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E134" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F134" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G134" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H134" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I134" s="6" t="s">
+        <v>276</v>
+      </c>
+      <c r="J134" s="6">
+        <v>8</v>
+      </c>
+      <c r="K134" s="6">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="135" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A135" s="6">
+        <v>122</v>
+      </c>
+      <c r="B135" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="C135" s="6">
+        <v>1957</v>
+      </c>
+      <c r="D135" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E135" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F135" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G135" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H135" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I135" s="6" t="s">
+        <v>360</v>
+      </c>
+      <c r="J135" s="6">
+        <v>11</v>
+      </c>
+      <c r="K135" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="136" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A136" s="6">
+        <v>194</v>
+      </c>
+      <c r="B136" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="C136" s="6">
+        <v>1985</v>
+      </c>
+      <c r="D136" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E136" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F136" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G136" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H136" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I136" s="6" t="s">
+        <v>415</v>
+      </c>
+      <c r="J136" s="6">
+        <v>9</v>
+      </c>
+      <c r="K136" s="6">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="137" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A137" s="6">
+        <v>127</v>
+      </c>
+      <c r="B137" s="18" t="s">
+        <v>183</v>
+      </c>
+      <c r="C137" s="6">
+        <v>1960</v>
+      </c>
+      <c r="D137" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="E137" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F137" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G137" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H137" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I137" s="6" t="s">
+        <v>365</v>
+      </c>
+      <c r="J137" s="6">
+        <v>10</v>
+      </c>
+      <c r="K137" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="138" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A138" s="6">
+        <v>74</v>
+      </c>
+      <c r="B138" s="18" t="s">
+        <v>30</v>
+      </c>
+      <c r="C138" s="6">
+        <v>1981</v>
+      </c>
+      <c r="D138" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E138" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F138" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G138" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H138" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I138" s="6" t="s">
+        <v>319</v>
+      </c>
+      <c r="J138" s="6">
+        <v>11</v>
+      </c>
+      <c r="K138" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="139" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A139" s="6">
+        <v>18</v>
+      </c>
+      <c r="B139" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="C139" s="6">
+        <v>1957</v>
+      </c>
+      <c r="D139" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E139" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F139" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G139" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H139" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I139" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="J139" s="6">
+        <v>12</v>
+      </c>
+      <c r="K139" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="140" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A140" s="6">
+        <v>27</v>
+      </c>
+      <c r="B140" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="C140" s="6">
+        <v>1966</v>
+      </c>
+      <c r="D140" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E140" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F140" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G140" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H140" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I140" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="J140" s="6">
+        <v>1</v>
+      </c>
+      <c r="K140" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="141" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A141" s="6">
+        <v>129</v>
+      </c>
+      <c r="B141" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="C141" s="6">
+        <v>1984</v>
+      </c>
+      <c r="D141" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E141" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F141" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G141" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H141" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I141" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="J141" s="6">
+        <v>13</v>
+      </c>
+      <c r="K141" s="6">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="142" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A142" s="6">
+        <v>25</v>
+      </c>
+      <c r="B142" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="C142" s="6">
+        <v>1962</v>
+      </c>
+      <c r="D142" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E142" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F142" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G142" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H142" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I142" s="6" t="s">
+        <v>278</v>
+      </c>
+      <c r="J142" s="6">
+        <v>14</v>
+      </c>
+      <c r="K142" s="6">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="143" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A143" s="6">
+        <v>10</v>
+      </c>
+      <c r="B143" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="C143" s="6">
+        <v>1990</v>
+      </c>
+      <c r="D143" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="E143" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F143" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G143" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H143" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I143" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="J143" s="6">
+        <v>15</v>
+      </c>
+      <c r="K143" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="144" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A144" s="6">
+        <v>99</v>
+      </c>
+      <c r="B144" s="18" t="s">
+        <v>157</v>
+      </c>
+      <c r="C144" s="6">
+        <v>1973</v>
+      </c>
+      <c r="D144" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E144" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F144" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G144" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H144" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I144" s="6" t="s">
+        <v>341</v>
+      </c>
+      <c r="J144" s="6">
+        <v>16</v>
+      </c>
+      <c r="K144" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="145" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A145" s="6">
+        <v>82</v>
+      </c>
+      <c r="B145" s="18" t="s">
+        <v>138</v>
+      </c>
+      <c r="C145" s="6">
+        <v>1958</v>
+      </c>
+      <c r="D145" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="E145" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F145" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G145" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H145" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I145" s="6" t="s">
+        <v>327</v>
+      </c>
+      <c r="J145" s="6">
+        <v>17</v>
+      </c>
+      <c r="K145" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="146" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A146" s="6">
+        <v>141</v>
+      </c>
+      <c r="B146" s="18" t="s">
+        <v>195</v>
+      </c>
+      <c r="C146" s="6">
+        <v>1985</v>
+      </c>
+      <c r="D146" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E146" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F146" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G146" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H146" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I146" s="6" t="s">
+        <v>377</v>
+      </c>
+      <c r="J146" s="6">
+        <v>18</v>
+      </c>
+      <c r="K146" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="147" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A147" s="6">
+        <v>46</v>
+      </c>
+      <c r="B147" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="C147" s="6">
+        <v>1990</v>
+      </c>
+      <c r="D147" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="E147" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F147" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G147" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H147" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I147" s="6" t="s">
+        <v>296</v>
+      </c>
+      <c r="J147" s="6">
+        <v>19</v>
+      </c>
+      <c r="K147" s="6">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="148" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A148" s="6">
+        <v>5</v>
+      </c>
+      <c r="B148" s="18" t="s">
+        <v>71</v>
+      </c>
+      <c r="C148" s="6">
+        <v>1988</v>
+      </c>
+      <c r="D148" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E148" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F148" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G148" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H148" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I148" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="J148" s="6">
+        <v>20</v>
+      </c>
+      <c r="K148" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="149" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A149" s="6">
+        <v>69</v>
+      </c>
+      <c r="B149" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="C149" s="6">
+        <v>1948</v>
+      </c>
+      <c r="D149" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E149" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F149" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G149" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="H149" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I149" s="6" t="s">
+        <v>315</v>
+      </c>
+      <c r="J149" s="6">
+        <v>21</v>
+      </c>
+      <c r="K149" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="150" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A150" s="6">
+        <v>17</v>
+      </c>
+      <c r="B150" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="C150" s="6">
+        <v>1981</v>
+      </c>
+      <c r="D150" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E150" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F150" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G150" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H150" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I150" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="J150" s="6">
+        <v>2</v>
+      </c>
+      <c r="K150" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="151" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A151" s="6">
+        <v>135</v>
+      </c>
+      <c r="B151" s="18" t="s">
+        <v>189</v>
+      </c>
+      <c r="C151" s="6">
+        <v>1964</v>
+      </c>
+      <c r="D151" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="E151" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F151" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G151" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H151" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I151" s="6" t="s">
+        <v>371</v>
+      </c>
+      <c r="J151" s="6">
+        <v>22</v>
+      </c>
+      <c r="K151" s="6">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="152" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A152" s="6">
+        <v>63</v>
+      </c>
+      <c r="B152" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="C152" s="6">
+        <v>1983</v>
+      </c>
+      <c r="D152" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E152" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F152" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G152" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H152" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I152" s="6" t="s">
+        <v>309</v>
+      </c>
+      <c r="J152" s="6">
+        <v>23</v>
+      </c>
+      <c r="K152" s="6">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="153" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A153" s="6">
+        <v>49</v>
+      </c>
+      <c r="B153" s="18" t="s">
+        <v>111</v>
+      </c>
+      <c r="C153" s="6">
+        <v>1959</v>
+      </c>
+      <c r="D153" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E153" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F153" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G153" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H153" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I153" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="J153" s="6">
+        <v>24</v>
+      </c>
+      <c r="K153" s="6">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="154" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A154" s="6">
+        <v>90</v>
+      </c>
+      <c r="B154" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="C154" s="6">
+        <v>1988</v>
+      </c>
+      <c r="D154" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E154" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F154" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G154" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H154" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I154" s="6" t="s">
+        <v>333</v>
+      </c>
+      <c r="J154" s="6">
+        <v>25</v>
+      </c>
+      <c r="K154" s="6">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="155" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A155" s="6">
+        <v>125</v>
+      </c>
+      <c r="B155" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="C155" s="6">
+        <v>1989</v>
+      </c>
+      <c r="D155" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E155" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F155" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G155" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H155" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I155" s="6" t="s">
+        <v>363</v>
+      </c>
+      <c r="J155" s="6">
+        <v>26</v>
+      </c>
+      <c r="K155" s="6">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="156" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A156" s="6">
+        <v>88</v>
+      </c>
+      <c r="B156" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="C156" s="6">
+        <v>1973</v>
+      </c>
+      <c r="D156" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E156" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F156" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G156" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H156" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I156" s="6" t="s">
+        <v>331</v>
+      </c>
+      <c r="J156" s="6">
+        <v>27</v>
+      </c>
+      <c r="K156" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="157" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A157" s="6">
+        <v>203</v>
+      </c>
+      <c r="B157" s="18" t="s">
+        <v>252</v>
+      </c>
+      <c r="C157" s="6">
+        <v>1956</v>
+      </c>
+      <c r="D157" s="6"/>
+      <c r="E157" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F157" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G157" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="H157" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I157" s="6" t="s">
+        <v>424</v>
+      </c>
+      <c r="J157" s="6">
+        <v>28</v>
+      </c>
+      <c r="K157" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="158" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A158" s="6">
+        <v>26</v>
+      </c>
+      <c r="B158" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="C158" s="6">
+        <v>1962</v>
+      </c>
+      <c r="D158" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E158" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F158" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G158" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H158" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I158" s="6" t="s">
+        <v>279</v>
+      </c>
+      <c r="J158" s="6">
+        <v>3</v>
+      </c>
+      <c r="K158" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="159" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A159" s="6">
+        <v>139</v>
+      </c>
+      <c r="B159" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="C159" s="6">
+        <v>1981</v>
+      </c>
+      <c r="D159" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E159" s="18" t="s">
+        <v>432</v>
+      </c>
+      <c r="F159" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G159" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H159" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I159" s="6" t="s">
+        <v>375</v>
+      </c>
+      <c r="J159" s="6">
+        <v>1</v>
+      </c>
+      <c r="K159" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="160" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A160" s="6">
+        <v>193</v>
+      </c>
+      <c r="B160" s="18" t="s">
         <v>43</v>
       </c>
-      <c r="C6" s="11" t="s">
-[...8 lines deleted...]
-      <c r="F6" s="10" t="s">
+      <c r="C160" s="6">
+        <v>1982</v>
+      </c>
+      <c r="D160" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E160" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F160" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G160" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H160" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I160" s="6" t="s">
+        <v>414</v>
+      </c>
+      <c r="J160" s="6">
+        <v>29</v>
+      </c>
+      <c r="K160" s="6">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="161" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A161" s="6">
+        <v>62</v>
+      </c>
+      <c r="B161" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="C161" s="6">
+        <v>1984</v>
+      </c>
+      <c r="D161" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E161" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F161" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G161" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H161" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I161" s="6" t="s">
+        <v>308</v>
+      </c>
+      <c r="J161" s="6">
+        <v>30</v>
+      </c>
+      <c r="K161" s="6">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="162" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A162" s="6">
+        <v>72</v>
+      </c>
+      <c r="B162" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="C162" s="6">
+        <v>1958</v>
+      </c>
+      <c r="D162" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E162" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F162" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G162" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H162" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I162" s="6" t="s">
+        <v>318</v>
+      </c>
+      <c r="J162" s="6">
+        <v>31</v>
+      </c>
+      <c r="K162" s="6">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="163" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A163" s="6">
+        <v>45</v>
+      </c>
+      <c r="B163" s="18" t="s">
+        <v>106</v>
+      </c>
+      <c r="C163" s="6">
+        <v>1957</v>
+      </c>
+      <c r="D163" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E163" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F163" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G163" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H163" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I163" s="6" t="s">
+        <v>295</v>
+      </c>
+      <c r="J163" s="6">
+        <v>32</v>
+      </c>
+      <c r="K163" s="6">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="164" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A164" s="6">
+        <v>152</v>
+      </c>
+      <c r="B164" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="C164" s="6">
+        <v>1991</v>
+      </c>
+      <c r="D164" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E164" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F164" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G164" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H164" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I164" s="6" t="s">
+        <v>386</v>
+      </c>
+      <c r="J164" s="6">
+        <v>33</v>
+      </c>
+      <c r="K164" s="6">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="165" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A165" s="6">
+        <v>109</v>
+      </c>
+      <c r="B165" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="C165" s="6">
+        <v>1980</v>
+      </c>
+      <c r="D165" s="6" t="s">
+        <v>433</v>
+      </c>
+      <c r="E165" s="18" t="s">
+        <v>432</v>
+      </c>
+      <c r="F165" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G165" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H165" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I165" s="6" t="s">
+        <v>350</v>
+      </c>
+      <c r="J165" s="6">
+        <v>2</v>
+      </c>
+      <c r="K165" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="166" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A166" s="6">
+        <v>170</v>
+      </c>
+      <c r="B166" s="18" t="s">
+        <v>224</v>
+      </c>
+      <c r="C166" s="6">
+        <v>1984</v>
+      </c>
+      <c r="D166" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E166" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F166" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G166" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H166" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I166" s="6" t="s">
+        <v>402</v>
+      </c>
+      <c r="J166" s="6">
+        <v>34</v>
+      </c>
+      <c r="K166" s="6">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="167" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A167" s="6">
+        <v>155</v>
+      </c>
+      <c r="B167" s="18" t="s">
+        <v>209</v>
+      </c>
+      <c r="C167" s="6">
+        <v>1995</v>
+      </c>
+      <c r="D167" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E167" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F167" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G167" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H167" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I167" s="6" t="s">
+        <v>389</v>
+      </c>
+      <c r="J167" s="6">
+        <v>35</v>
+      </c>
+      <c r="K167" s="6">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="168" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A168" s="6">
+        <v>153</v>
+      </c>
+      <c r="B168" s="18" t="s">
+        <v>207</v>
+      </c>
+      <c r="C168" s="6">
+        <v>1956</v>
+      </c>
+      <c r="D168" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E168" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F168" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G168" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="H168" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I168" s="6" t="s">
+        <v>387</v>
+      </c>
+      <c r="J168" s="6">
+        <v>36</v>
+      </c>
+      <c r="K168" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="169" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A169" s="6">
+        <v>3</v>
+      </c>
+      <c r="B169" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="C169" s="6">
+        <v>1981</v>
+      </c>
+      <c r="D169" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E169" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F169" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G169" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H169" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I169" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="J169" s="6">
+        <v>37</v>
+      </c>
+      <c r="K169" s="6">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="170" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A170" s="6">
+        <v>29</v>
+      </c>
+      <c r="B170" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="C170" s="6">
+        <v>1983</v>
+      </c>
+      <c r="D170" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E170" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F170" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G170" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H170" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I170" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="J170" s="6">
+        <v>38</v>
+      </c>
+      <c r="K170" s="6">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="171" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A171" s="6">
+        <v>86</v>
+      </c>
+      <c r="B171" s="18" t="s">
+        <v>142</v>
+      </c>
+      <c r="C171" s="6">
+        <v>1949</v>
+      </c>
+      <c r="D171" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="E171" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F171" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G171" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="H171" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I171" s="6" t="s">
+        <v>330</v>
+      </c>
+      <c r="J171" s="6">
+        <v>39</v>
+      </c>
+      <c r="K171" s="6">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="172" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A172" s="6">
+        <v>164</v>
+      </c>
+      <c r="B172" s="18" t="s">
+        <v>217</v>
+      </c>
+      <c r="C172" s="6">
+        <v>1972</v>
+      </c>
+      <c r="D172" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="E172" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F172" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G172" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H172" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I172" s="6" t="s">
+        <v>396</v>
+      </c>
+      <c r="J172" s="6">
+        <v>40</v>
+      </c>
+      <c r="K172" s="6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="173" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A173" s="6">
         <v>19</v>
       </c>
-      <c r="G6" s="12">
+      <c r="B173" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="C173" s="6">
+        <v>1954</v>
+      </c>
+      <c r="D173" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E173" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F173" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G173" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="H173" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I173" s="6" t="s">
+        <v>273</v>
+      </c>
+      <c r="J173" s="6">
+        <v>41</v>
+      </c>
+      <c r="K173" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="174" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A174" s="6">
+        <v>21</v>
+      </c>
+      <c r="B174" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="C174" s="6">
+        <v>1968</v>
+      </c>
+      <c r="D174" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="E174" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F174" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G174" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H174" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I174" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="J174" s="6">
+        <v>4</v>
+      </c>
+      <c r="K174" s="6">
         <v>1</v>
       </c>
-      <c r="H6" s="10">
+    </row>
+    <row r="175" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A175" s="6">
+        <v>70</v>
+      </c>
+      <c r="B175" s="18" t="s">
+        <v>129</v>
+      </c>
+      <c r="C175" s="6">
+        <v>1985</v>
+      </c>
+      <c r="D175" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E175" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F175" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G175" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H175" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I175" s="6" t="s">
+        <v>316</v>
+      </c>
+      <c r="J175" s="6">
+        <v>42</v>
+      </c>
+      <c r="K175" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="176" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A176" s="6">
+        <v>20</v>
+      </c>
+      <c r="B176" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C176" s="6">
+        <v>1967</v>
+      </c>
+      <c r="D176" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="E176" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F176" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G176" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H176" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I176" s="6" t="s">
+        <v>274</v>
+      </c>
+      <c r="J176" s="6">
+        <v>43</v>
+      </c>
+      <c r="K176" s="6">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="177" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A177" s="6">
+        <v>102</v>
+      </c>
+      <c r="B177" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="C177" s="6">
+        <v>1974</v>
+      </c>
+      <c r="D177" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E177" s="18" t="s">
+        <v>432</v>
+      </c>
+      <c r="F177" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G177" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H177" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I177" s="6" t="s">
+        <v>343</v>
+      </c>
+      <c r="J177" s="6">
+        <v>3</v>
+      </c>
+      <c r="K177" s="6">
         <v>1</v>
       </c>
-      <c r="I6" s="10" t="s">
+    </row>
+    <row r="178" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A178" s="6">
+        <v>34</v>
+      </c>
+      <c r="B178" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="C178" s="6">
+        <v>1971</v>
+      </c>
+      <c r="D178" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E178" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F178" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G178" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H178" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I178" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="J178" s="6">
+        <v>44</v>
+      </c>
+      <c r="K178" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="179" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A179" s="6">
+        <v>68</v>
+      </c>
+      <c r="B179" s="18" t="s">
         <v>20</v>
       </c>
-      <c r="J6" s="10" t="s">
-[...10 lines deleted...]
-      <c r="A7" s="9">
+      <c r="C179" s="6">
+        <v>1995</v>
+      </c>
+      <c r="D179" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="10">
-[...5 lines deleted...]
-      <c r="D7" s="11" t="s">
+      <c r="E179" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F179" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G179" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H179" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I179" s="6" t="s">
+        <v>314</v>
+      </c>
+      <c r="J179" s="6">
+        <v>5</v>
+      </c>
+      <c r="K179" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="180" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A180" s="6">
+        <v>1</v>
+      </c>
+      <c r="B180" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="C180" s="6">
+        <v>1987</v>
+      </c>
+      <c r="D180" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E180" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F180" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G180" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H180" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I180" s="6"/>
+      <c r="J180" s="6"/>
+      <c r="K180" s="6"/>
+    </row>
+    <row r="181" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A181" s="6">
+        <v>2</v>
+      </c>
+      <c r="B181" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="C181" s="6">
+        <v>1984</v>
+      </c>
+      <c r="D181" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E181" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F181" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G181" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H181" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I181" s="6"/>
+      <c r="J181" s="6"/>
+      <c r="K181" s="6"/>
+    </row>
+    <row r="182" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A182" s="6">
+        <v>7</v>
+      </c>
+      <c r="B182" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="C182" s="6">
+        <v>1987</v>
+      </c>
+      <c r="D182" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="E182" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F182" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G182" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H182" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I182" s="6"/>
+      <c r="J182" s="6"/>
+      <c r="K182" s="6"/>
+    </row>
+    <row r="183" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A183" s="6">
         <v>23</v>
       </c>
-      <c r="E7" s="10" t="s">
-[...5 lines deleted...]
-      <c r="G7" s="12">
+      <c r="B183" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="C183" s="6">
+        <v>1990</v>
+      </c>
+      <c r="D183" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E183" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F183" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G183" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H183" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I183" s="6"/>
+      <c r="J183" s="6"/>
+      <c r="K183" s="6"/>
+    </row>
+    <row r="184" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A184" s="6">
+        <v>32</v>
+      </c>
+      <c r="B184" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="C184" s="6">
+        <v>1984</v>
+      </c>
+      <c r="D184" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E184" s="18" t="s">
+        <v>431</v>
+      </c>
+      <c r="F184" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G184" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H184" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I184" s="6"/>
+      <c r="J184" s="6"/>
+      <c r="K184" s="6"/>
+    </row>
+    <row r="185" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A185" s="6">
+        <v>40</v>
+      </c>
+      <c r="B185" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="C185" s="6">
+        <v>1956</v>
+      </c>
+      <c r="D185" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="E185" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F185" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G185" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="H185" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I185" s="6"/>
+      <c r="J185" s="6"/>
+      <c r="K185" s="6"/>
+    </row>
+    <row r="186" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A186" s="6">
+        <v>47</v>
+      </c>
+      <c r="B186" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="C186" s="6">
+        <v>1989</v>
+      </c>
+      <c r="D186" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="E186" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F186" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G186" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H186" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I186" s="6"/>
+      <c r="J186" s="6"/>
+      <c r="K186" s="6"/>
+    </row>
+    <row r="187" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A187" s="6">
+        <v>51</v>
+      </c>
+      <c r="B187" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="C187" s="6">
+        <v>1965</v>
+      </c>
+      <c r="D187" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E187" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F187" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G187" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H187" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I187" s="6"/>
+      <c r="J187" s="6"/>
+      <c r="K187" s="6"/>
+    </row>
+    <row r="188" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A188" s="6">
+        <v>55</v>
+      </c>
+      <c r="B188" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="C188" s="6">
+        <v>1992</v>
+      </c>
+      <c r="D188" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="H7" s="10">
+      <c r="E188" s="18" t="s">
+        <v>431</v>
+      </c>
+      <c r="F188" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G188" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H188" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I188" s="6"/>
+      <c r="J188" s="6"/>
+      <c r="K188" s="6"/>
+    </row>
+    <row r="189" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A189" s="6">
+        <v>61</v>
+      </c>
+      <c r="B189" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="C189" s="6">
+        <v>1982</v>
+      </c>
+      <c r="D189" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E189" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F189" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G189" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H189" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I189" s="6"/>
+      <c r="J189" s="6"/>
+      <c r="K189" s="6"/>
+    </row>
+    <row r="190" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A190" s="6">
+        <v>73</v>
+      </c>
+      <c r="B190" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="C190" s="6">
+        <v>1989</v>
+      </c>
+      <c r="D190" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E190" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F190" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G190" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H190" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I190" s="6"/>
+      <c r="J190" s="6"/>
+      <c r="K190" s="6"/>
+    </row>
+    <row r="191" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A191" s="6">
+        <v>85</v>
+      </c>
+      <c r="B191" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="C191" s="6">
+        <v>1984</v>
+      </c>
+      <c r="D191" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E191" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F191" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G191" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H191" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I191" s="6"/>
+      <c r="J191" s="6"/>
+      <c r="K191" s="6"/>
+    </row>
+    <row r="192" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A192" s="6">
+        <v>87</v>
+      </c>
+      <c r="B192" s="18" t="s">
+        <v>143</v>
+      </c>
+      <c r="C192" s="6">
+        <v>1948</v>
+      </c>
+      <c r="D192" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E192" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F192" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G192" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="H192" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I192" s="6"/>
+      <c r="J192" s="6"/>
+      <c r="K192" s="6"/>
+    </row>
+    <row r="193" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A193" s="6">
+        <v>97</v>
+      </c>
+      <c r="B193" s="18" t="s">
+        <v>153</v>
+      </c>
+      <c r="C193" s="6">
+        <v>1982</v>
+      </c>
+      <c r="D193" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="E193" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F193" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G193" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H193" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I193" s="6"/>
+      <c r="J193" s="6"/>
+      <c r="K193" s="6"/>
+    </row>
+    <row r="194" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A194" s="6">
+        <v>100</v>
+      </c>
+      <c r="B194" s="18" t="s">
+        <v>158</v>
+      </c>
+      <c r="C194" s="6">
+        <v>1981</v>
+      </c>
+      <c r="D194" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E194" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F194" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G194" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H194" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I194" s="6"/>
+      <c r="J194" s="6"/>
+      <c r="K194" s="6"/>
+    </row>
+    <row r="195" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A195" s="6">
+        <v>111</v>
+      </c>
+      <c r="B195" s="18" t="s">
+        <v>170</v>
+      </c>
+      <c r="C195" s="6">
+        <v>1990</v>
+      </c>
+      <c r="D195" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E195" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F195" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G195" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H195" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I195" s="6"/>
+      <c r="J195" s="6"/>
+      <c r="K195" s="6"/>
+    </row>
+    <row r="196" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A196" s="6">
+        <v>114</v>
+      </c>
+      <c r="B196" s="18" t="s">
+        <v>173</v>
+      </c>
+      <c r="C196" s="6">
+        <v>1991</v>
+      </c>
+      <c r="D196" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E196" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F196" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G196" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H196" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I196" s="6"/>
+      <c r="J196" s="6"/>
+      <c r="K196" s="6"/>
+    </row>
+    <row r="197" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A197" s="6">
+        <v>131</v>
+      </c>
+      <c r="B197" s="18" t="s">
+        <v>184</v>
+      </c>
+      <c r="C197" s="6">
+        <v>1974</v>
+      </c>
+      <c r="D197" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="E197" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F197" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G197" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H197" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I197" s="6"/>
+      <c r="J197" s="6"/>
+      <c r="K197" s="6"/>
+    </row>
+    <row r="198" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A198" s="6">
+        <v>132</v>
+      </c>
+      <c r="B198" s="18" t="s">
+        <v>186</v>
+      </c>
+      <c r="C198" s="6">
+        <v>1975</v>
+      </c>
+      <c r="D198" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E198" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F198" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G198" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H198" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I198" s="6"/>
+      <c r="J198" s="6"/>
+      <c r="K198" s="6"/>
+    </row>
+    <row r="199" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A199" s="6">
+        <v>145</v>
+      </c>
+      <c r="B199" s="18" t="s">
+        <v>199</v>
+      </c>
+      <c r="C199" s="6">
+        <v>1990</v>
+      </c>
+      <c r="D199" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E199" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F199" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G199" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H199" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I199" s="6"/>
+      <c r="J199" s="6"/>
+      <c r="K199" s="6"/>
+    </row>
+    <row r="200" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A200" s="6">
+        <v>150</v>
+      </c>
+      <c r="B200" s="18" t="s">
+        <v>204</v>
+      </c>
+      <c r="C200" s="6">
+        <v>1991</v>
+      </c>
+      <c r="D200" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E200" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F200" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G200" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H200" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="I200" s="6"/>
+      <c r="J200" s="6"/>
+      <c r="K200" s="6"/>
+    </row>
+    <row r="201" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A201" s="6">
+        <v>172</v>
+      </c>
+      <c r="B201" s="18" t="s">
+        <v>226</v>
+      </c>
+      <c r="C201" s="6">
+        <v>1982</v>
+      </c>
+      <c r="D201" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="E201" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F201" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G201" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H201" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I201" s="6"/>
+      <c r="J201" s="6"/>
+      <c r="K201" s="6"/>
+    </row>
+    <row r="202" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A202" s="6">
+        <v>173</v>
+      </c>
+      <c r="B202" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="C202" s="6">
+        <v>1987</v>
+      </c>
+      <c r="D202" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="E202" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F202" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G202" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H202" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I202" s="6"/>
+      <c r="J202" s="6"/>
+      <c r="K202" s="6"/>
+    </row>
+    <row r="203" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A203" s="6">
+        <v>174</v>
+      </c>
+      <c r="B203" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C203" s="6">
+        <v>1988</v>
+      </c>
+      <c r="D203" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E203" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F203" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G203" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H203" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I203" s="6"/>
+      <c r="J203" s="6"/>
+      <c r="K203" s="6"/>
+    </row>
+    <row r="204" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A204" s="6">
+        <v>175</v>
+      </c>
+      <c r="B204" s="18" t="s">
+        <v>229</v>
+      </c>
+      <c r="C204" s="6">
+        <v>1950</v>
+      </c>
+      <c r="D204" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E204" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F204" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G204" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="H204" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="I204" s="6"/>
+      <c r="J204" s="6"/>
+      <c r="K204" s="6"/>
+    </row>
+    <row r="205" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A205" s="6">
+        <v>181</v>
+      </c>
+      <c r="B205" s="18" t="s">
+        <v>235</v>
+      </c>
+      <c r="C205" s="6">
+        <v>1986</v>
+      </c>
+      <c r="D205" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E205" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F205" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G205" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H205" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I205" s="6"/>
+      <c r="J205" s="6"/>
+      <c r="K205" s="6"/>
+    </row>
+    <row r="206" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A206" s="6">
+        <v>182</v>
+      </c>
+      <c r="B206" s="18" t="s">
+        <v>236</v>
+      </c>
+      <c r="C206" s="6">
+        <v>1967</v>
+      </c>
+      <c r="D206" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E206" s="18" t="s">
+        <v>431</v>
+      </c>
+      <c r="F206" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G206" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H206" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I206" s="6"/>
+      <c r="J206" s="6"/>
+      <c r="K206" s="6"/>
+    </row>
+    <row r="207" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A207" s="6">
+        <v>183</v>
+      </c>
+      <c r="B207" s="18" t="s">
+        <v>236</v>
+      </c>
+      <c r="C207" s="6">
+        <v>1967</v>
+      </c>
+      <c r="D207" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E207" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="F207" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G207" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H207" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I207" s="6"/>
+      <c r="J207" s="6"/>
+      <c r="K207" s="6"/>
+    </row>
+    <row r="208" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A208" s="6">
+        <v>184</v>
+      </c>
+      <c r="B208" s="18" t="s">
+        <v>237</v>
+      </c>
+      <c r="C208" s="6">
+        <v>1983</v>
+      </c>
+      <c r="D208" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E208" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F208" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G208" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H208" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I208" s="6"/>
+      <c r="J208" s="6"/>
+      <c r="K208" s="6"/>
+    </row>
+    <row r="209" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A209" s="6">
+        <v>189</v>
+      </c>
+      <c r="B209" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="C209" s="6">
+        <v>1990</v>
+      </c>
+      <c r="D209" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E209" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="F209" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G209" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H209" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I209" s="6"/>
+      <c r="J209" s="6"/>
+      <c r="K209" s="6"/>
+    </row>
+    <row r="210" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A210" s="6">
+        <v>113</v>
+      </c>
+      <c r="B210" s="18" t="s">
+        <v>172</v>
+      </c>
+      <c r="C210" s="6">
+        <v>1938</v>
+      </c>
+      <c r="D210" s="6" t="s">
         <v>1</v>
       </c>
-      <c r="I7" s="10" t="s">
-[...178 lines deleted...]
-      <c r="F12" s="10" t="s">
+      <c r="E210" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F210" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G210" s="6" t="s">
+        <v>435</v>
+      </c>
+      <c r="H210" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="G12" s="12">
-[...61 lines deleted...]
-      <c r="C14" s="11" t="s">
+      <c r="I210" s="6"/>
+      <c r="J210" s="6"/>
+      <c r="K210" s="6"/>
+    </row>
+    <row r="211" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A211" s="6">
+        <v>161</v>
+      </c>
+      <c r="B211" s="18" t="s">
+        <v>214</v>
+      </c>
+      <c r="C211" s="6">
+        <v>1980</v>
+      </c>
+      <c r="D211" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E211" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F211" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="D14" s="11" t="s">
-[...14 lines deleted...]
-      <c r="I14" s="10" t="s">
+      <c r="G211" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="J14" s="10" t="s">
-[...333 lines deleted...]
-      <c r="L25" s="14"/>
+      <c r="H211" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I211" s="6"/>
+      <c r="J211" s="6"/>
+      <c r="K211" s="6"/>
+    </row>
+    <row r="212" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A212" s="6">
+        <v>162</v>
+      </c>
+      <c r="B212" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="C212" s="6">
+        <v>1980</v>
+      </c>
+      <c r="D212" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E212" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F212" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G212" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H212" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I212" s="6"/>
+      <c r="J212" s="6"/>
+      <c r="K212" s="6"/>
     </row>
   </sheetData>
-  <hyperlinks>
-[...8132 lines deleted...]
-  <drawing r:id="rId2"/>
+  <sheetProtection sheet="1" objects="1" scenarios="1" sort="0" autoFilter="0"/>
+  <autoFilter ref="A5:K212">
+    <sortState ref="A6:K212">
+      <sortCondition ref="I5:I212"/>
+    </sortState>
+  </autoFilter>
+  <mergeCells count="1">
+    <mergeCell ref="A2:B2"/>
+  </mergeCells>
+  <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="70" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <TotalTime></TotalTime>
-  <Application>LibreOffice/4.4.4.3$Windows_x86 LibreOffice_project/2c39ebcf046445232b798108aa8a7e7d89552ea8</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Именованные диапазоны</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="7" baseType="lpstr">
-[...6 lines deleted...]
-      <vt:lpstr>Бег 5 км</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Протокол</vt:lpstr>
+      <vt:lpstr>Протокол!Область_печати</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Kit</dc:creator>
-[...2 lines deleted...]
-  <cp:lastPrinted></cp:lastPrinted>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:language>ru-RU</dc:language>
 </cp:coreProperties>
 </file>
-
-[...21 lines deleted...]
-</file>